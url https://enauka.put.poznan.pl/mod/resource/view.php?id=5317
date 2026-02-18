--- v0 (2025-10-01)
+++ v1 (2026-02-18)
@@ -1,124 +1,126 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="293" r:id="rId8"/>
     <p:sldId id="281" r:id="rId9"/>
     <p:sldId id="294" r:id="rId10"/>
     <p:sldId id="282" r:id="rId11"/>
     <p:sldId id="295" r:id="rId12"/>
     <p:sldId id="296" r:id="rId13"/>
     <p:sldId id="299" r:id="rId14"/>
     <p:sldId id="300" r:id="rId15"/>
     <p:sldId id="301" r:id="rId16"/>
     <p:sldId id="302" r:id="rId17"/>
     <p:sldId id="283" r:id="rId18"/>
     <p:sldId id="267" r:id="rId19"/>
     <p:sldId id="297" r:id="rId20"/>
     <p:sldId id="270" r:id="rId21"/>
     <p:sldId id="284" r:id="rId22"/>
     <p:sldId id="285" r:id="rId23"/>
     <p:sldId id="286" r:id="rId24"/>
     <p:sldId id="287" r:id="rId25"/>
     <p:sldId id="288" r:id="rId26"/>
     <p:sldId id="289" r:id="rId27"/>
     <p:sldId id="290" r:id="rId28"/>
     <p:sldId id="298" r:id="rId29"/>
     <p:sldId id="291" r:id="rId30"/>
     <p:sldId id="292" r:id="rId31"/>
     <p:sldId id="272" r:id="rId32"/>
     <p:sldId id="266" r:id="rId33"/>
-    <p:sldId id="263" r:id="rId34"/>
+    <p:sldId id="335" r:id="rId34"/>
+    <p:sldId id="263" r:id="rId35"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -175,102 +177,113 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
-    <p1510:client id="{0431330E-3529-4F2D-81A7-D608CF5840C2}" v="54" dt="2025-02-27T17:45:56.540"/>
+    <p1510:client id="{BEA4FD52-5CD9-ACE5-96A9-D87064A6B82F}" v="2" dt="2025-11-07T19:02:36.810"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
@@ -421,1412 +434,206 @@
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="78" d="100"/>
-          <a:sy n="78" d="100"/>
+          <a:sx n="142" d="100"/>
+          <a:sy n="142" d="100"/>
         </p:scale>
-        <p:origin x="-342" y="216"/>
+        <p:origin x="768" y="102"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId40" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId40" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{0431330E-3529-4F2D-81A7-D608CF5840C2}"/>
-[...1 lines deleted...]
-      <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{0431330E-3529-4F2D-81A7-D608CF5840C2}" dt="2025-02-27T17:47:31.565" v="3230" actId="20577"/>
+    <pc:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BEA4FD52-5CD9-ACE5-96A9-D87064A6B82F}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BEA4FD52-5CD9-ACE5-96A9-D87064A6B82F}" dt="2025-11-07T19:02:36.810" v="1" actId="1076"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
-      <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{0431330E-3529-4F2D-81A7-D608CF5840C2}" dt="2025-02-27T10:29:22.714" v="1972" actId="20577"/>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BEA4FD52-5CD9-ACE5-96A9-D87064A6B82F}" dt="2025-11-07T19:02:36.810" v="1" actId="1076"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{0431330E-3529-4F2D-81A7-D608CF5840C2}" dt="2025-02-27T10:29:10.264" v="1905" actId="20577"/>
-[...7 lines deleted...]
-          <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{0431330E-3529-4F2D-81A7-D608CF5840C2}" dt="2025-02-27T10:29:19.961" v="1962" actId="20577"/>
+          <ac:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BEA4FD52-5CD9-ACE5-96A9-D87064A6B82F}" dt="2025-11-07T19:02:36.810" v="1" actId="1076"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="8" creationId="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
-          <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{0431330E-3529-4F2D-81A7-D608CF5840C2}" dt="2025-02-27T10:29:22.714" v="1972" actId="20577"/>
+          <ac:chgData name="Katarzyna Siemieniak" userId="S::katarzyna.siemieniak@put.poznan.pl::538121d7-eb2f-445b-a440-fa2218d8cb7d" providerId="AD" clId="Web-{BEA4FD52-5CD9-ACE5-96A9-D87064A6B82F}" dt="2025-11-07T19:02:34.013" v="0" actId="1076"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="9" creationId="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
-      <pc:sldChg chg="del">
-[...1196 lines deleted...]
-      </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="4800">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
@@ -1859,250 +666,220 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041399" y="6159042"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1874672" y="262905"/>
             <a:ext cx="9390352" cy="836261"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
@@ -2115,317 +892,287 @@
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="837168" y="6352531"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5249333" y="4114000"/>
             <a:ext cx="4967366" cy="943069"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
@@ -2438,407 +1185,317 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -2861,280 +1518,526 @@
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD12EFAC-1CDA-7CE8-A46A-04DD6051FBFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8148320" y="6254750"/>
+            <a:ext cx="3205479" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="4" name="Obraz 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38A1383A-5C4A-5DD5-8CB7-0F91AC3AFC02}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11471275" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -3405,192 +2308,196 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7213600" y="5952067"/>
             <a:ext cx="4967366" cy="849135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -3600,114 +2507,114 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="345175"/>
             <a:ext cx="4967366" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" b="1" dirty="0"/>
               <a:t>Poslovna inteligencija</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411916" y="5378273"/>
             <a:ext cx="4792133" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" b="1" dirty="0">
@@ -3731,170 +2638,109 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
-            <a:r>
+            <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t/>
-[...2 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" dirty="0">
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-            </a:br>
-[...12 lines deleted...]
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
@@ -3918,203 +2764,203 @@
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>number</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5700634" y="2195673"/>
+            <a:off x="5700634" y="2442202"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4400" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Upravljanje poslovnim procesima i rudarenje procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5700634" y="4075044"/>
+            <a:off x="5700634" y="4411220"/>
             <a:ext cx="4967366" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Predavanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169333" y="93133"/>
             <a:ext cx="1625600" cy="1600200"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY0" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX1" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY1" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX2" fmla="*/ 448734 w 1625600"/>
               <a:gd name="connsiteY2" fmla="*/ 25400 h 1600200"/>
               <a:gd name="connsiteX3" fmla="*/ 567267 w 1625600"/>
               <a:gd name="connsiteY3" fmla="*/ 0 h 1600200"/>
               <a:gd name="connsiteX4" fmla="*/ 1625600 w 1625600"/>
               <a:gd name="connsiteY4" fmla="*/ 135467 h 1600200"/>
               <a:gd name="connsiteX5" fmla="*/ 1447800 w 1625600"/>
@@ -4216,656 +3062,499 @@
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Obraz 14">
+          <p:cNvPr id="6" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A70F95C-ED11-754C-7B0B-7BA61B39E022}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="5851938"/>
-            <a:ext cx="5207495" cy="671935"/>
+            <a:off x="8266116" y="6037065"/>
+            <a:ext cx="3884235" cy="820935"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6EDA0B7E-1236-CF40-67D3-7A7318BD4D66}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EDA0B7E-1236-CF40-67D3-7A7318BD4D66}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Odabir procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{517BEC45-39F7-0DC8-3E89-8F1A38CF5608}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{517BEC45-39F7-0DC8-3E89-8F1A38CF5608}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>CILJ</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>defini</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ati</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>kriterij</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>ume</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>za</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>procenu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>performansi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>identifi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>kovanih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>poslovnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>procesa</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="015BA6"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Kriterijumi </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:t>Kriterijumi odabira:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>odabira:</a:t>
+              <a:t>Strateška važnost </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>– pronaći procese koji imaju najveći uticaj na strateške ciljeve organizacije (npr. koji su najprofitabilniji)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Strateška važnost </a:t>
+              <a:t>Zdravlje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>– pronaći procese koji imaju najveći </a:t>
-[...3 lines deleted...]
-              <a:t>uticaj </a:t>
+              <a:t>– pronaći procese koji imaju najveće probleme, tj. procese koji su neefikasni, proizvode nekvalitetne outpute ili ne zadovoljavaju potrebe kupaca/klijenata (takvi procesi trebaju biti u fokusu BPM-a)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Izvodljivost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>na strateške ciljeve organizacije (npr. koji su najprofitabilniji)</a:t>
-[...73 lines deleted...]
-              <a:t>određen nivo napora</a:t>
+              <a:t>– za svaki proces odrediti može li se uopšte proces poboljšati, imamo li potrebne resurse, finansijska sredstva, može li se u poboljšanje uopšte uložiti određen nivo napora</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2900190463"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A8EA8D62-5F44-97D5-4D24-BBFA268A1D31}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8EA8D62-5F44-97D5-4D24-BBFA268A1D31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Mjerenje performansi procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E4E9B44F-CE20-7BDF-B333-03652CFE78F3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4E9B44F-CE20-7BDF-B333-03652CFE78F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>Potrebno je precizno </a:t>
-[...7 lines deleted...]
-              <a:t>zdravlje poslovnog procesa</a:t>
+              <a:t>Potrebno je precizno izmeriti zdravlje poslovnog procesa</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>GENERIČKA </a:t>
-[...19 lines deleted...]
-              <a:t>vreme</a:t>
+              <a:t>GENERIČKA MERILA: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>, trošak, </a:t>
-[...7 lines deleted...]
-              <a:t>i fleksibilnost</a:t>
+              <a:t>vreme, trošak, kvalitet i fleksibilnost</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>VREME</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Vreme </a:t>
-            </a:r>
+              <a:t>Vreme ciklusa (cycle time) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0"/>
+              <a:t>– vreme potrebno da se obradi neki slučaj od početka do kraja</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>ciklusa (cycle time) </a:t>
+              <a:t>Vreme obrade (processing time) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" dirty="0"/>
-              <a:t>– </a:t>
-[...3 lines deleted...]
-              <a:t>vreme </a:t>
+              <a:t>– efektivno vreme koje neki resurs (učesnik procesa ili softver) potroši u obradi nekog slučaja</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vreme čekanja (waiting time) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" dirty="0"/>
-              <a:t>potrebno da se obradi neki slučaj od početka do kraja</a:t>
-[...77 lines deleted...]
-              <a:t>koje neki slučaj provede čekajući na obradu (npr. čekanje u redu)</a:t>
+              <a:t>– vreme koje neki slučaj provede čekajući na obradu (npr. čekanje u redu)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{331132EB-3C5D-4A28-7C52-E82D9268EECC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{331132EB-3C5D-4A28-7C52-E82D9268EECC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2291024" y="4478890"/>
             <a:ext cx="7609952" cy="1176982"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -4881,673 +3570,504 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A8EA8D62-5F44-97D5-4D24-BBFA268A1D31}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8EA8D62-5F44-97D5-4D24-BBFA268A1D31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>performansi procesa</a:t>
+              <a:t>Merenje performansi procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E4E9B44F-CE20-7BDF-B333-03652CFE78F3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4E9B44F-CE20-7BDF-B333-03652CFE78F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>TROŠAK</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>poboljšanje procesa najčešće se veže uz smanjenje troškova</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Direktni </a:t>
-            </a:r>
+              <a:t>Direktni troškovi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>– troškovi direktno vezani uz proces (trošak rada, materijala, opreme…)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>troškovi </a:t>
+              <a:t>Nedirektni troškovi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>– troškovi </a:t>
-[...11 lines deleted...]
-              <a:t>vezani uz proces (trošak rada, materijala, opreme…)</a:t>
+              <a:t>– troškovi koji nisu vezani uz proces (najam, režije, administrativni troškovi…)</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Nedirektni </a:t>
-            </a:r>
+              <a:t>Fiksni troškovi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>– troškovi koji se ne menjaju (najam, plate, održavanje softvera)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>troškovi </a:t>
+              <a:t>Varijabilni troškovi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>– troškovi koji nisu vezani uz proces (najam, režije, administrativni troškovi…)</a:t>
-[...65 lines deleted...]
-              <a:t>…)</a:t>
+              <a:t>– troškovi koji se menjaju promenom nivoa outputa (trošak materijala, troškovi prevoza…)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2134674653"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A8EA8D62-5F44-97D5-4D24-BBFA268A1D31}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8EA8D62-5F44-97D5-4D24-BBFA268A1D31}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>performansi procesa</a:t>
+              <a:t>Merenje performansi procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E4E9B44F-CE20-7BDF-B333-03652CFE78F3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4E9B44F-CE20-7BDF-B333-03652CFE78F3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>KVALITETA</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Promatra se s aspekta klijenta i s aspekta </a:t>
-[...16 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1900" b="1" dirty="0" smtClean="0">
+              <a:t>Promatra se s aspekta klijenta i s aspekta učesnika procesa</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1900" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Eksterni kvalitet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1900" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1900" dirty="0"/>
               <a:t>– zadovoljstvo klijenta proizvodom ili procesom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1700" dirty="0"/>
               <a:t>Zadovoljstvo proizvodom – koliko je proizvod zadovoljio njegova očekivanja (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1700" i="1" dirty="0"/>
               <a:t>Service </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1700" i="1" dirty="0" err="1"/>
               <a:t>level</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1700" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1700" i="1" dirty="0" err="1"/>
               <a:t>agreements</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1700" i="1" dirty="0"/>
               <a:t> – SLA</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1700" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1700" dirty="0"/>
-              <a:t>Zadovoljstvo procesom – na koji način je izvršen proces (količina, važnost, kvaliteta i pravovremenost informacija koje klijent prima </a:t>
-[...7 lines deleted...]
-              <a:t>izvršenja procesa)</a:t>
+              <a:t>Zadovoljstvo procesom – na koji način je izvršen proces (količina, važnost, kvaliteta i pravovremenost informacija koje klijent prima tekom izvršenja procesa)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1700" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1700" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Merila eksternog kvaliteta:</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1700" b="1" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1500" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Stopa </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1500" b="1" dirty="0" smtClean="0">
+              <a:t>Stopa odliva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1500" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>odliva</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1500" dirty="0" smtClean="0">
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1500" dirty="0"/>
+              <a:t>– odnosi se na komunikaciju s klijentom putem interneta. Pokazuje koliko je kupaca na neki način prekinulo saradnju tokom izvršenja procesa (online kupovina)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1500" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t> </a:t>
+              <a:t>Net promoter score </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1500" i="1" dirty="0"/>
+              <a:t>– </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1500" dirty="0"/>
-              <a:t>– odnosi se na komunikaciju s klijentom putem interneta. Pokazuje koliko je kupaca na neki način prekinulo </a:t>
-[...13 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1500" b="1" i="1" dirty="0">
+              <a:t>najčešće se definiše u rasponu od 1 do 10, a meri koliko je kupac voljan preporučiti proizvod ili uslugu nekome drugome</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1500" b="1" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1900" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Net promoter score </a:t>
-[...35 lines deleted...]
-              </a:rPr>
               <a:t>Interni kvalitet </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1900" dirty="0"/>
-              <a:t>– koliko je </a:t>
-[...35 lines deleted...]
-              <a:t>i sl.</a:t>
+              <a:t>– koliko je učesnik procesa zadovoljan kako se proces izvršava – je li efikasan, prilagodljiv promenama u okruženju, skladan politikama i pravilima preduzeća i sl.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1900" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1074293672"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4C01C02-71FF-7091-70AA-907CBB71FE4F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4C01C02-71FF-7091-70AA-907CBB71FE4F}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D57E24D8-98AB-2FE2-4352-9E76016CA5BF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D57E24D8-98AB-2FE2-4352-9E76016CA5BF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Uloge u BPM procesima</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{35397104-68E7-CEEE-F767-1A6D2423D953}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35397104-68E7-CEEE-F767-1A6D2423D953}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
@@ -5559,479 +4079,278 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Vlasnik procesa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– osoba koja ima stratešku odgovornost za procese. Ima </a:t>
-[...8 lines deleted...]
-              <a:t>proračunska ovlašćenja, </a:t>
+              <a:t>– osoba koja ima stratešku odgovornost za procese. Ima proračunska ovlašćenja, a često je i član prvog ili drugog sloja menadžmenta. Na primer, vlasnik procesa može biti izvršni direktor </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
-                <a:effectLst/>
-[...13 lines deleted...]
-              <a:t>primer</a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>preduzeća</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, vlasnik procesa može biti izvršni direktor </a:t>
-[...14 lines deleted...]
-              </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Vođa </a:t>
-[...11 lines deleted...]
-              <a:t>procesa </a:t>
+              <a:t>Vođa procesa </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– osoba koja ima operativnu odgovornost za procese. Često je to menadžer </a:t>
-[...89 lines deleted...]
-              <a:t>procesa.</a:t>
+              <a:t>– osoba koja ima operativnu odgovornost za procese. Često je to menadžer nižeg ili srednjeg nivoa. Na primer, vođa prodaje može biti vođa procesa.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Učesnik</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
+              <a:t> procesa</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>procesa</a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
-                <a:solidFill>
-[...34 lines deleted...]
-              <a:t>(npr. prodavač).</a:t>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>– osoba koja radi unutar procesa i stvara vrednost (npr. prodavač).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Analitičar procesa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>– osoba koja </a:t>
-[...8 lines deleted...]
-              <a:t>razume </a:t>
+              <a:t>– osoba koja razume BPM </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
-                <a:effectLst/>
-[...7 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0" smtClean="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>uopšteno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>a posebno BPMN, te je središte svakog BPM projekta.</a:t>
+              <a:t>, a posebno BPMN, te je središte svakog BPM projekta.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2446322274"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Modeliranje poslovnih procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>BPMN (Business </a:t>
@@ -6121,142 +4440,102 @@
               </a:rPr>
               <a:t>i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>aktivnosti </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
-              <a:t>Događaji se izvršavaju </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Događaji se izvršavaju trenutno (npr. Primljen račun)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
-              <a:t>(npr. </a:t>
-[...30 lines deleted...]
-              <a:t>robe…)</a:t>
+              <a:t>Aktivnosti predstavljaju jedinice rada koje imaju trajanje (npr. Plaćanje računa, Primanje robe…)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>Događaji i aktivnosti su povezani </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>vezama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
-              <a:t>(postoji </a:t>
-[...7 lines deleted...]
-              <a:t>odvijanja aktivnosti)</a:t>
+              <a:t>(postoji redosled odvijanja aktivnosti)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="2000" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -6434,51 +4713,51 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: Brackett (2015); Dalkir (2023); Cotton (2023)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{25279D86-CC31-B029-1AF7-169CA8EB9ED0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25279D86-CC31-B029-1AF7-169CA8EB9ED0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2651564" y="3914174"/>
             <a:ext cx="5930082" cy="1850522"/>
@@ -6511,79 +4790,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Modeliranje poslovnih procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>BPMN elementi:</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -6633,61 +4912,61 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Povezivanje objekata</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>: sekvencijski tok, tok poruka i asocijacija</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Učesnic</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>: bazen i staze</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
@@ -6713,51 +4992,51 @@
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>: podatkovni objekti, skladišta podataka i anotacije</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="hr-HR" sz="2000" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -6965,190 +5244,174 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Događaji</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Ono što se događaja </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
-              <a:t>izvođenja </a:t>
+              <a:t>tokom izvođenja </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>procesa</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Početni događaji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>određuju </a:t>
-[...7 lines deleted...]
-              <a:t>proces započinje</a:t>
+              <a:t>određuju gde proces započinje</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>Mora postojati u poslovnom procesu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Intermedijarni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> događaj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>se događa unutar procesa, između početnog i završnog događaja</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
-              <a:t>na tok procesa, ali ga neće započeti ili završiti</a:t>
+              <a:t>Utiče na tok procesa, ali ga neće započeti ili završiti</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>Mogu označavati postignuća (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" i="1" dirty="0" err="1"/>
               <a:t>milestonese</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>) u procesima</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>Najčešće se koriste za prikaz vremenskog odstupanja (čekanja) unutar procesa</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -7179,235 +5442,211 @@
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>[</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>obje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ka</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>] + [</a:t>
+              <a:t>t] + [</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>glagolski pridjev trpni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>]</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Račun </a:t>
-[...9 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Račun poslat</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" dirty="0" smtClean="0">
-[...4 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>potvrđena</a:t>
+              <a:t>Narudžbina potvrđena</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A49A75DC-E85A-B177-A4A0-ADF8E2AEBB51}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A49A75DC-E85A-B177-A4A0-ADF8E2AEBB51}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6004982" y="4484365"/>
             <a:ext cx="952500" cy="1200150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A6ACBA69-863E-17B2-AFDC-1BD657516628}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6ACBA69-863E-17B2-AFDC-1BD657516628}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7353068" y="4472952"/>
             <a:ext cx="1390650" cy="1200150"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7B217282-53D9-7E98-51BD-F278110F60C0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B217282-53D9-7E98-51BD-F278110F60C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="9096259" y="4484365"/>
             <a:ext cx="952500" cy="1200150"/>
@@ -7426,289 +5665,241 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1088948264"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0A6B5CD9-85D8-1502-8721-3597A349337D}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A6B5CD9-85D8-1502-8721-3597A349337D}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E54C63D-E61D-3FDA-CF67-C784EF9EDD77}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E54C63D-E61D-3FDA-CF67-C784EF9EDD77}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Zadatak</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FC376734-2EF4-B329-3F1B-DF07F4A196C6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC376734-2EF4-B329-3F1B-DF07F4A196C6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>nešto što se </a:t>
-[...9 lines deleted...]
-            </a:r>
+              <a:t>nešto što se sprovodi tokom procesa, aktivnosti koje obavlja osoba ili sistem</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>procesa, aktivnosti koje obavlja osoba ili </a:t>
-[...8 lines deleted...]
-              <a:t>sistem</a:t>
+              <a:t>Zadatak vs. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Potproces</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>[</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Zadatak vs. </a:t>
-[...8 lines deleted...]
-              <a:t>Potproces</a:t>
+              <a:t>glagol u imperativu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>] + [</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>obje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>t] </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...69 lines deleted...]
-          <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Pošalji račun</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Potvrdi </a:t>
-[...5 lines deleted...]
-              <a:t>narudžbinu</a:t>
+              <a:t>Potvrdi narudžbinu</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A close-up of a computer keyboard&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0D558CC3-4C78-3152-49B4-614B159EE159}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D558CC3-4C78-3152-49B4-614B159EE159}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="13087" b="13966"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2472120" y="3963047"/>
             <a:ext cx="6051112" cy="1478964"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -7724,187 +5915,160 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4141971203"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F3E811B4-2480-A1A0-6980-A8FE81E0481F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3E811B4-2480-A1A0-6980-A8FE81E0481F}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CD497B87-B9BC-7FCC-75A3-99815A1B6765}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD497B87-B9BC-7FCC-75A3-99815A1B6765}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Odluka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2A94F77F-1EAD-391B-B268-719AD6647711}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A94F77F-1EAD-391B-B268-719AD6647711}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>se procesi </a:t>
+              <a:t>mesta gde se procesi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>razdvajaju ili spajaju</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>XOR (</a:t>
-[...17 lines deleted...]
-              <a:t>), OR (inkluzivna), AND (paralelna) odluka</a:t>
+              <a:t>XOR (ekskluzivna), OR (inkluzivna), AND (paralelna) odluka</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A group of black and white logos&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C26C11AB-EDD4-0327-AFAF-9FEBD0670E9A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C26C11AB-EDD4-0327-AFAF-9FEBD0670E9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="15625" b="15625"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2830747" y="3258841"/>
             <a:ext cx="6341294" cy="1916840"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -7934,79 +6098,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sadržaj</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10947400" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
@@ -8036,171 +6200,159 @@
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{70DC5C4F-3961-6F07-5C72-0F42C590FAE5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70DC5C4F-3961-6F07-5C72-0F42C590FAE5}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{689713B0-CE7C-109C-A269-1E8C03889175}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{689713B0-CE7C-109C-A269-1E8C03889175}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>OR odluka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{688FCF40-9EF2-0B61-FAA5-C38B35DF1A77}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{688FCF40-9EF2-0B61-FAA5-C38B35DF1A77}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>alternativni put </a:t>
+              <a:t>Tačan alternativni put </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>ne isključuje </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>ostale, svi putevi se mogu uzeti u obzir</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Moguće je u isto </a:t>
-[...7 lines deleted...]
-              <a:t>uzeti </a:t>
+              <a:t>Moguće je u isto vreme uzeti </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>samo jedan put ili sve njih</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A diagram of a company&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A594F24E-3224-F993-03AF-55B3E1FC15EA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A594F24E-3224-F993-03AF-55B3E1FC15EA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="4793" t="6488" r="4876" b="6160"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="838200" y="2795402"/>
             <a:ext cx="10039089" cy="2912940"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -8216,350 +6368,209 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1790657817"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E4D41744-2BBD-816B-8565-3D7FA85720C8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4D41744-2BBD-816B-8565-3D7FA85720C8}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{74DA830A-7EB2-A3BB-4F58-2E75A1E0C5FC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74DA830A-7EB2-A3BB-4F58-2E75A1E0C5FC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>XOR i AND odluka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AC706639-797E-0076-6D09-22797BAE57FB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC706639-797E-0076-6D09-22797BAE57FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>XOR</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="015BA6"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>prilikom razdvajanja, </a:t>
-[...9 lines deleted...]
-            </a:r>
+              <a:t>prilikom razdvajanja, usmerava tok samo u jednu od izlaznih grana, na temelju uslova</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>tok samo u jednu od izlaznih grana, na temelju </a:t>
-[...15 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Prilikom spajanja, čeka se dovršenje jedne dolazne grane pre nastavka toka</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>AND</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Prilikom spajanja, čeka se dovršenje jedne dolazne grane </a:t>
-[...9 lines deleted...]
-            </a:r>
+              <a:t>za izvršavanje dva ili više zadatka koji ne zavise jedan od drugog i mogu se izvršavati istovremeno </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>nastavka toka</a:t>
-[...127 lines deleted...]
-              <a:t>nastavka toka</a:t>
+              <a:t>prilikom spajanja čeka da se završe sve ulazne grane pre nastavka toka</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A diagram of a company&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{49924F8A-8588-687C-0CC8-5CE58F6C4301}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49924F8A-8588-687C-0CC8-5CE58F6C4301}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="4793" t="6488" r="4876" b="6160"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1526993" y="4225995"/>
             <a:ext cx="7572619" cy="2197270"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -8575,99 +6586,99 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3131273898"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{96E05D82-7980-D5C0-AF69-3B147188A209}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96E05D82-7980-D5C0-AF69-3B147188A209}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F8A287DA-C328-96BA-3CA5-515474829ABA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8A287DA-C328-96BA-3CA5-515474829ABA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Objekti spajanja</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A2EEF00A-89D3-B9C0-EC44-8CC9C4B0C217}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2EEF00A-89D3-B9C0-EC44-8CC9C4B0C217}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>tri vrste povezujućih objekata: </a:t>
@@ -8679,51 +6690,51 @@
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sekvencijski tok, tok poruke i asocijacija</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1000" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent1">
                   <a:lumMod val="75000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A line with a circle and a dotted line&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{082BE138-0D4E-5A63-9F77-177202CEB2AE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{082BE138-0D4E-5A63-9F77-177202CEB2AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="5739" t="17797" r="5391" b="25424"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="838200" y="2721723"/>
             <a:ext cx="10787801" cy="1414554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -8739,282 +6750,225 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3798171473"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{647AF653-7D2D-4303-9B77-4F67E1441D1C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{647AF653-7D2D-4303-9B77-4F67E1441D1C}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A2B0D42F-CB7E-BF31-0D97-5C0DA84819D8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2B0D42F-CB7E-BF31-0D97-5C0DA84819D8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sudionici</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AD08B604-C766-2F11-2554-C96C3CC3E9E3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD08B604-C766-2F11-2554-C96C3CC3E9E3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Bazeni i staze</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>bazeni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>se koriste za prikaz </a:t>
-[...8 lines deleted...]
-              <a:t>cele </a:t>
+              <a:t>se koriste za prikaz cele organizacije, a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>staza </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>organizacije, a </a:t>
-[...12 lines deleted...]
-            </a:r>
+              <a:t>za modeliranje dela ili poslovne jedinice</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>za modeliranje </a:t>
-[...8 lines deleted...]
-              <a:t>dela </a:t>
+              <a:t>Bazen – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
-                <a:effectLst/>
-[...4 lines deleted...]
-              <a:t>ili poslovne jedinice</a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>preduzeće </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>X</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
-                <a:effectLst/>
-[...51 lines deleted...]
-              <a:t>prodaje</a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Staza – Deo prodaje</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="1050" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A white rectangular object with black lines&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{01B71C31-619E-3ADC-CE0D-8D8C37E2EC4D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{01B71C31-619E-3ADC-CE0D-8D8C37E2EC4D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="4795" t="7695" r="4751" b="6121"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1798113" y="3429000"/>
             <a:ext cx="8004123" cy="2458005"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -9030,366 +6984,318 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="427918712"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3090B264-D600-6A87-3708-835DA331A98C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3090B264-D600-6A87-3708-835DA331A98C}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2492D032-BE7C-41FD-F62F-B6B0EC0B6B30}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2492D032-BE7C-41FD-F62F-B6B0EC0B6B30}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Artefakti</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{14FB00C7-AC6B-E7FB-E20E-A6C0F99052ED}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14FB00C7-AC6B-E7FB-E20E-A6C0F99052ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podatkovni objekti, </a:t>
-[...8 lines deleted...]
-              <a:t>skladište </a:t>
+              <a:t>podatkovni objekti, skladište podataka i anotacije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Podatkovni objekti </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podataka i anotacije</a:t>
+              <a:t>predstavljaju podatke koji su potrebni za obavljanje određenih zadataka (podaci kao ulaz) ili su rezultat izvršenja zadatka (podaci kao izlaz)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Podatkovni objekti </a:t>
+              <a:t>Skladište podataka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>predstavljaju podatke koji su potrebni za obavljanje određenih zadataka (podaci kao ulaz) ili su rezultat izvršenja zadatka (podaci kao izlaz)</a:t>
-[...61 lines deleted...]
-              <a:t>koje sadrži podatkovne objekte, npr. baza podataka za elektroničke objekte ili ormarić u koji se spremaju fizički objekti</a:t>
+              <a:t>je mesto koje sadrži podatkovne objekte, npr. baza podataka za elektroničke objekte ili ormarić u koji se spremaju fizički objekti</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Anotacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>mehanizam pomoću kojeg se pružaju dodatne tekstualne informacije čitatelju BPMN dijagrama</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1050" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A close-up of a document&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FEF0DEA8-4F83-8DF1-BC88-8C9A005ADC03}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEF0DEA8-4F83-8DF1-BC88-8C9A005ADC03}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect l="6761" t="16667" r="6584" b="16667"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1166627" y="4211110"/>
             <a:ext cx="4638675" cy="723900"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7" descr="A diagram of a cylinder&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7572A20C-C083-8D9E-7C43-B3D8A96B9EFC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7572A20C-C083-8D9E-7C43-B3D8A96B9EFC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="15789" b="14912"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2370337" y="5424488"/>
             <a:ext cx="3048000" cy="752475"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
               <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 8" descr="A black and white text&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6A8CD1A9-C902-5300-D8F4-33AA9CB19536}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A8CD1A9-C902-5300-D8F4-33AA9CB19536}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect t="12353" b="12353"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6748601" y="4186696"/>
             <a:ext cx="3524250" cy="1219200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -9419,112 +7325,104 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4001B264-EE1E-ECCD-1B1C-F63276BFE1D1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4001B264-EE1E-ECCD-1B1C-F63276BFE1D1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Dekompozicija procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A00C06FC-41C3-D55C-DBF4-4D1B7D33CDC5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A00C06FC-41C3-D55C-DBF4-4D1B7D33CDC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838199" y="1773926"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Raščlanjivanje procese na manje </a:t>
-[...7 lines deleted...]
-              <a:t>– </a:t>
+              <a:t>Raščlanjivanje procese na manje delove – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>potprocese</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Svaki </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0" err="1"/>
               <a:t>potproces</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t> mora imati </a:t>
             </a:r>
@@ -9579,145 +7477,145 @@
               <a:t>Ako ima </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1">
                     <a:lumMod val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>više od 30 objekata tokova </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
               <a:t>(aktivnosti, događaja, odluka)</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1100" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{38C03F42-2A3D-091B-B8D4-13C7E7D72404}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38C03F42-2A3D-091B-B8D4-13C7E7D72404}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1429191" y="3929754"/>
             <a:ext cx="5318698" cy="2149474"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A26420BD-7B3F-0EA7-1046-4743884D8867}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A26420BD-7B3F-0EA7-1046-4743884D8867}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7338880" y="4131019"/>
             <a:ext cx="2588895" cy="1948209"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Arrow: Down 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{28928352-AC7F-C4E4-F5BB-FB082C033B95}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28928352-AC7F-C4E4-F5BB-FB082C033B95}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="6390973" y="4742524"/>
             <a:ext cx="865632" cy="699882"/>
           </a:xfrm>
           <a:prstGeom prst="downArrow">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
@@ -9909,303 +7807,267 @@
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
     <p:bldLst>
       <p:bldP spid="6" grpId="0" animBg="1"/>
     </p:bldLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{041E62F1-D3F4-65C8-170E-3F0408D274D9}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{041E62F1-D3F4-65C8-170E-3F0408D274D9}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D1EB6CE9-83B6-DED3-5853-BBA8BF7B6A68}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1EB6CE9-83B6-DED3-5853-BBA8BF7B6A68}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Rudarenje procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{00ACC098-2A85-9951-429A-C08A08B3D3B3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00ACC098-2A85-9951-429A-C08A08B3D3B3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>nalazi se na </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>raskrsnici</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>rudarenja podataka i modeliranja procesa</a:t>
+              <a:t> rudarenja podataka i modeliranja procesa</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>inovativan pristup </a:t>
-[...9 lines deleted...]
-            </a:r>
+              <a:t>inovativan pristup razumevanju i unapređenju poslovnih procesa</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i unapređenju poslovnih procesa</a:t>
-[...19 lines deleted...]
-              <a:t>sistemima</a:t>
+              <a:t>tehnike, alate i metode za otkrivanje, praćenje i poboljšanje stvarnih procesa (tj. ne pretpostavljenih procesa) izdvajanjem znanja iz dnevnika događaja koji su obično dostupni u današnjim (informacijskim) sistemima</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1050" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A diagram of a diagram&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{68A0E37D-1C63-8F5A-0E98-77407D646635}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68A0E37D-1C63-8F5A-0E98-77407D646635}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2461037" y="3546619"/>
             <a:ext cx="7898385" cy="2525707"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3495950558"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C3C856F6-5FC7-5F7F-BC67-0535B3A43E43}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3C856F6-5FC7-5F7F-BC67-0535B3A43E43}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9AC2370D-769A-5A91-4F98-B93473921D89}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC2370D-769A-5A91-4F98-B93473921D89}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Primjer dnevnika događaja</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DA456B3F-52A8-CE2C-D838-B60AF24947C1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA456B3F-52A8-CE2C-D838-B60AF24947C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="2293614"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
@@ -10260,172 +8122,136 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> je</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>dobro </a:t>
-[...8 lines deleted...]
-              <a:t>definisan </a:t>
+              <a:t>dobro definisan korak u procesu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>vremenska oznaka </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>korak u procesu</a:t>
-[...41 lines deleted...]
-              <a:t>kada se aktivnost obavlja</a:t>
+              <a:t>je datum i vreme kada se aktivnost obavlja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="650" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Table 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A45F0607-129A-9A25-D71F-038080B4D8D0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A45F0607-129A-9A25-D71F-038080B4D8D0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3719152435"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1686758" y="3429000"/>
           <a:ext cx="6969510" cy="2880360"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" firstCol="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1226055">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1217204973"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1217204973"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2461756">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1750268261"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1750268261"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2050821">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="985041658"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="985041658"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1230878">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="512116936"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="512116936"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="l">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>ID slučaja</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
@@ -10505,51 +8331,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Resurs</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1222502079"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1222502079"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1001</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
@@ -10628,51 +8454,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Agent A</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1981241700"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1981241700"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1001</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
@@ -10751,51 +8577,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Agent A</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2129886028"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2129886028"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1002</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
@@ -10874,51 +8700,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Agent C</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2904075794"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2904075794"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1001</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
@@ -10997,51 +8823,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Agent A</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="4056682302"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4056682302"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1002</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
@@ -11120,51 +8946,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Agent C</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="248435825"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="248435825"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1002</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
@@ -11243,51 +9069,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Agent C</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1908963967"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1908963967"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1001</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
@@ -11366,51 +9192,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Agent B</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2663903268"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2663903268"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>1001</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100">
                         <a:effectLst/>
@@ -11489,374 +9315,260 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Agent B</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1744460064"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1744460064"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1119616130"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Rudarenje procesa</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Nakon izdvajanja podataka (dnevnika događaja) iz </a:t>
-[...17 lines deleted...]
-              <a:t>(npr. u obliku CSV ili XLS datoteke), podaci se uvoze u poseban softver za rudarenje procesa</a:t>
+              <a:t>Nakon izdvajanja podataka (dnevnika događaja) iz informacionog sistema (npr. u obliku CSV ili XLS datoteke), podaci se uvoze u poseban softver za rudarenje procesa</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Na temelju uvezenih podataka, softver za rudarenje procesa otkriva model procesa. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ovaj se model zatim može analizirati kako bi se utvrdilo postoje li neka uska grla, problemi ili prilike za poboljšanje.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>rudarenje procesa </a:t>
-[...35 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>rudarenje procesa primenjivo je na sve vrste operativnih procesa (organizacija i sistema)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>analiza postupaka bolničkog </a:t>
-[...9 lines deleted...]
-            </a:r>
+              <a:t>analiza postupaka bolničkog lečenja, </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
+              <a:t>poboljšanje postupaka korisničke službe u multinacionalnoj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>kompaniji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
               <a:t>, </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>poboljšanje postupaka korisničke službe u multinacionalnoj </a:t>
-[...22 lines deleted...]
-            </a:endParaRPr>
+              <a:t>razumevanje navika pregledavanja korisnika stranice za rezervacije, </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1400" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>navika pregledavanja korisnika stranice za rezervacije, </a:t>
-[...38 lines deleted...]
-              <a:t>za rukovanje prtljagom i </a:t>
+              <a:t>procena neispravnosti sistema za rukovanje prtljagom i </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>usavršavanje korisničkih sučelja rendgenskih uređaja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="353431143"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
@@ -11865,79 +9577,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Zaključak</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10298651" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
@@ -12039,60 +9751,60 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>okruženju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>efikasno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>upravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> i </a:t>
             </a:r>
@@ -12308,60 +10020,60 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>važna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>dela</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>poslovne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -12380,148 +10092,139 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> koji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>pomažu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>preduzećima da</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>analizir</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>aju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>optimi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>zuju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>poboljša</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>svoje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -12566,84 +10269,75 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>BPM </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>pruža</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>organi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>zovanu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i </a:t>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>strukturiranu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -12656,69 +10350,69 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>prepoznavanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>projekt</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ovanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>izvršavanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
@@ -13204,78 +10898,78 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>poslovnim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>informaci</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>onim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>istemima</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -13283,318 +10977,219 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Poslovni proces</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Svaka organizacija, bez obzira na veličinu ili sektor, složen je </a:t>
-[...17 lines deleted...]
-              <a:t>međusobno povezanih procesa</a:t>
+              <a:t>Svaka organizacija, bez obzira na veličinu ili sektor, složen je sistem međusobno povezanih procesa</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Procesi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>strukturirane aktivnosti koje se poduzimaju kako bi se postigao određeni organizacijski cilj</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>u proizvodnoj </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>firmi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ključni procesi mogu uključivati dizajn proizvoda, </a:t>
-[...9 lines deleted...]
-            </a:r>
+              <a:t> ključni procesi mogu uključivati dizajn proizvoda, nabavku sirovina, proizvodnju, kontrolu kvalitete i distribuciju</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
-                <a:effectLst/>
-[...4 lines deleted...]
-              <a:t>sirovina, proizvodnju, kontrolu kvalitete i distribuciju</a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>u</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> poslu orijentisnom na usluge kao što je banka, procesi uključuju otvaranje računa, obradu kredita, korisničku službu i provere usklađenosti</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Poslovni proces sastoji se od:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0">
-[...61 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Događaji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> - </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>stvari koje nemaju trajanje i događaju se u određenom trenutku (npr. </a:t>
-[...17 lines deleted...]
-              <a:t>’)</a:t>
+              <a:t>stvari koje nemaju trajanje i događaju se u određenom trenutku (npr. 'Narudžbina primljena’)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Aktivnosti </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
@@ -13613,273 +11208,361 @@
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Odluke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>faza u kojoj proces odlučuje u kojem će </a:t>
-[...17 lines deleted...]
-              <a:t>ići</a:t>
+              <a:t>faza u kojoj proces odlučuje u kojem će smeru ići</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1600" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Sudionici </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ljudi, organizacije ili </a:t>
-[...17 lines deleted...]
-              <a:t>koji izvode procesne aktivnosti</a:t>
+              <a:t>ljudi, organizacije ili softverski sistemi koji izvode procesne aktivnosti</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1600" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Objekti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="4472C4"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>- </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>oprema, materijali, </a:t>
-[...35 lines deleted...]
-              <a:t>dokumenti i zapisi (informacijski objekti).</a:t>
+              <a:t>oprema, materijali, papirni dokumenti (fizički objekti), elektronski dokumenti i zapisi (informacijski objekti).</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1600" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Aut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>ori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>Finalna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>verzija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>jun</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Hvala na pažnji</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
@@ -13901,79 +11584,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Poslovni proces</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>I</a:t>
             </a:r>
             <a:r>
@@ -14007,619 +11690,367 @@
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ishod bi, u teoriji, trebao koristiti svim stranama uključenim u proces (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" i="1" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>pozitivan ishod </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>). Ponekad je ta </a:t>
-[...8 lines deleted...]
-              <a:t>vrednost </a:t>
+              <a:t>). Ponekad je ta vrednost samo delimično postignuta ili nije nikad postignuta (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" i="1" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>negativan ishod </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>samo </a:t>
-[...8 lines deleted...]
-              <a:t>delimično </a:t>
+              <a:t>).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4472C4"/>
+                </a:solidFill>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4472C4"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>oslovni proces </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>postignuta ili nije nikad postignuta (</a:t>
-[...8 lines deleted...]
-              <a:t>negativan ishod </a:t>
+              <a:t>je skup zadataka i aktivnosti (poslovnih operacija i akcija) koji se sastoje od zaposlenih, materijala, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
-                <a:effectLst/>
-[...28 lines deleted...]
-              <a:t>oslovni proces </a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>mašina</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>je skup zadataka i aktivnosti (poslovnih operacija i akcija) koji se sastoje od </a:t>
-[...42 lines deleted...]
-              <a:t>i metoda koji su strukturirani na takav način da dizajniraju, stvaraju i isporučuju proizvod ili uslugu potrošaču </a:t>
+              <a:t>, sistema i metoda koji su strukturirani na takav način da dizajniraju, stvaraju i isporučuju proizvod ili uslugu potrošaču </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>(von Scheel et al., 2015)</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2480759708"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88106794-8D52-5DEA-3BFE-2EC1590CDA77}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88106794-8D52-5DEA-3BFE-2EC1590CDA77}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{25CD10A6-189E-F900-0C4A-F7EEAC005AB7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25CD10A6-189E-F900-0C4A-F7EEAC005AB7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Upravljanje poslovnim procesima</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{78D05A6E-E597-90C8-EB60-9168CD61DB58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78D05A6E-E597-90C8-EB60-9168CD61DB58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>disciplina koja koristi različite metode za otkrivanje, modeliranje, analizu, </a:t>
-[...17 lines deleted...]
-              <a:t>, poboljšanje i optimizaciju poslovnih procesa</a:t>
+              <a:t>disciplina koja koristi različite metode za otkrivanje, modeliranje, analizu, merenje, poboljšanje i optimizaciju poslovnih procesa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t> (Gartner, n.d.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>sistemski pristup za snimanje, </a:t>
-[...8 lines deleted...]
-              <a:t>projektovanje</a:t>
+              <a:t>sistemski pristup za snimanje, projektovanje, izvođenje, dokumentovanje, merenje, praćenje i kontrolu automatizovanih i neautomatizovanih procesa kako bi se ispunili ciljevi i poslovne strategije </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
-                <a:effectLst/>
-[...13 lines deleted...]
-              <a:t>dokumentovanje</a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>firm</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
-                <a:effectLst/>
-[...68 lines deleted...]
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>e </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>(Camunda, n.d.)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>disciplina koja uključuje bilo koju kombinaciju </a:t>
-[...8 lines deleted...]
-              <a:t>modelovanja</a:t>
+              <a:t>disciplina koja uključuje bilo koju kombinaciju modelovanja, automatizacije, izvršenja, kontrole, merenja i optimizacije tokova poslovnih aktivnosti u primenjivoj kombinaciji za podršku ciljeva poduzeća, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
-                <a:effectLst/>
-[...13 lines deleted...]
-              <a:t>merenja </a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>prevazilazeći </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i optimizacije tokova poslovnih aktivnosti u </a:t>
-[...60 lines deleted...]
-              <a:t>, klijente i partnere unutar i izvan granica poduzeća</a:t>
+              <a:t>organizacijske i sistemske granice te uključujući zaposlene, klijente i partnere unutar i izvan granica poduzeća</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t> (Swenson and Rosing, 2015)</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3016960739"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88106794-8D52-5DEA-3BFE-2EC1590CDA77}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88106794-8D52-5DEA-3BFE-2EC1590CDA77}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{25CD10A6-189E-F900-0C4A-F7EEAC005AB7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25CD10A6-189E-F900-0C4A-F7EEAC005AB7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Upravljanje poslovnim procesima</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{78D05A6E-E597-90C8-EB60-9168CD61DB58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78D05A6E-E597-90C8-EB60-9168CD61DB58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Skup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -14698,59 +12129,59 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>procesa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ciljem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>poboljšanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>njiho</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>vog predstavljanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Poboljšanje performansi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               </a:rPr>
               <a:t> smanjenje troškova, smanjenje vremena izvršenja aktivnosti, smanjenje grešaka/problema</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="hr-HR" sz="2200" dirty="0">
               <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
@@ -14800,59 +12231,59 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>aktivnosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>već</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>upravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>celim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>lancem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>događaja</a:t>
@@ -14872,189 +12303,185 @@
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>dodaju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>vrednost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2200" dirty="0"/>
               <a:t>preduzeća</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
-              <a:t>i </a:t>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>njenim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0" err="1"/>
               <a:t>klijentima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2200" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5F38D8DF-951C-EF12-CB8F-36377056CB87}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F38D8DF-951C-EF12-CB8F-36377056CB87}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2989943" y="4273921"/>
             <a:ext cx="4583676" cy="2129252"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2035892642"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{47D73650-EB2C-8E3E-6F64-9995A741912C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47D73650-EB2C-8E3E-6F64-9995A741912C}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F5CCBE77-9B6D-5F7B-90A4-14A283186B00}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5CCBE77-9B6D-5F7B-90A4-14A283186B00}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>BPM životni ciklus</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A diagram of a process&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{054A030E-22A5-62C2-324E-49E6C7427F93}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{054A030E-22A5-62C2-324E-49E6C7427F93}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2580585" y="1560087"/>
             <a:ext cx="6623050" cy="4744745"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -15070,79 +12497,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{75274C89-7CFA-8F1B-AD92-5A5236495A65}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75274C89-7CFA-8F1B-AD92-5A5236495A65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Procesne kategorije</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9A9DA0C9-32D1-F863-4927-7412B1EE8C1A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A9DA0C9-32D1-F863-4927-7412B1EE8C1A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Ključni</a:t>
             </a:r>
@@ -15209,59 +12636,59 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odnose</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>stvaranje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t> preduzeća</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odnosno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>proizvodnju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dobara</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
@@ -15277,59 +12704,59 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>plaćaju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>kupci</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>. To </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>obuhva</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>t</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dizajn</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>razvoj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>proizvodnju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, marketing i </a:t>
@@ -15353,83 +12780,79 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>prodajne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>aktivnosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>te</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>direktnu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>nabav</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>k</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>(</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:t>u (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>nabav</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>k</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>materijala</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>izradu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>proizvoda</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -15513,111 +12936,99 @@
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ključnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>procesa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Uključuju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:t> ne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>direktnu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>nabav</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>k</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>(</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:t>u (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>nabav</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>k</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>hardvera</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>nameštaja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>i sl.), HRM, </a:t>
+              <a:t> i sl.), HRM, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>upravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> IT-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>em</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>računovodstvo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
@@ -15828,79 +13239,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{75274C89-7CFA-8F1B-AD92-5A5236495A65}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75274C89-7CFA-8F1B-AD92-5A5236495A65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Procesne kategorije</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CECD6302-0C81-1FCE-8EE4-04580D3EAFC2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CECD6302-0C81-1FCE-8EE4-04580D3EAFC2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1705207" y="1481668"/>
             <a:ext cx="8781585" cy="4443919"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -16183,71 +13594,71 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77c99be7a86767cf8852e2977576506">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a4bc1c2e803e34ab25283c57d356cd6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78687c9cd23a33d19b0c7b75dbe954e0" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -16457,136 +13868,140 @@
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EFF4A3CE-2C80-4C39-B76D-483144AA9733}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{314BBE12-9A52-4EDC-A711-057723370D6A}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>2026</Words>
+  <Words>2061</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Custom</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>30</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>207</Paragraphs>
+  <Slides>31</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>30</vt:i4>
+        <vt:i4>31</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="31" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligencija</vt:lpstr>
       <vt:lpstr>Sadržaj</vt:lpstr>
       <vt:lpstr>Poslovni proces</vt:lpstr>
       <vt:lpstr>Poslovni proces</vt:lpstr>
       <vt:lpstr>Upravljanje poslovnim procesima</vt:lpstr>
       <vt:lpstr>Upravljanje poslovnim procesima</vt:lpstr>
       <vt:lpstr>BPM životni ciklus</vt:lpstr>
       <vt:lpstr>Procesne kategorije</vt:lpstr>
       <vt:lpstr>Procesne kategorije</vt:lpstr>
       <vt:lpstr>Odabir procesa</vt:lpstr>
       <vt:lpstr>Mjerenje performansi procesa</vt:lpstr>
       <vt:lpstr>Merenje performansi procesa</vt:lpstr>
       <vt:lpstr>Merenje performansi procesa</vt:lpstr>
       <vt:lpstr>Uloge u BPM procesima</vt:lpstr>
       <vt:lpstr>Modeliranje poslovnih procesa</vt:lpstr>
       <vt:lpstr>Modeliranje poslovnih procesa</vt:lpstr>
       <vt:lpstr>Događaji</vt:lpstr>
       <vt:lpstr>Zadatak</vt:lpstr>
       <vt:lpstr>Odluka</vt:lpstr>
       <vt:lpstr>OR odluka</vt:lpstr>
       <vt:lpstr>XOR i AND odluka</vt:lpstr>
       <vt:lpstr>Objekti spajanja</vt:lpstr>
       <vt:lpstr>Sudionici</vt:lpstr>
       <vt:lpstr>Artefakti</vt:lpstr>
       <vt:lpstr>Dekompozicija procesa</vt:lpstr>
       <vt:lpstr>Rudarenje procesa</vt:lpstr>
       <vt:lpstr>Primjer dnevnika događaja</vt:lpstr>
       <vt:lpstr>Rudarenje procesa</vt:lpstr>
       <vt:lpstr>Zaključak</vt:lpstr>
+      <vt:lpstr>Autori:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Finalna verzija: jun 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>