--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,106 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="267" r:id="rId8"/>
     <p:sldId id="293" r:id="rId9"/>
     <p:sldId id="294" r:id="rId10"/>
     <p:sldId id="298" r:id="rId11"/>
     <p:sldId id="299" r:id="rId12"/>
     <p:sldId id="300" r:id="rId13"/>
     <p:sldId id="301" r:id="rId14"/>
     <p:sldId id="302" r:id="rId15"/>
     <p:sldId id="303" r:id="rId16"/>
     <p:sldId id="304" r:id="rId17"/>
     <p:sldId id="305" r:id="rId18"/>
     <p:sldId id="306" r:id="rId19"/>
     <p:sldId id="307" r:id="rId20"/>
     <p:sldId id="308" r:id="rId21"/>
     <p:sldId id="309" r:id="rId22"/>
     <p:sldId id="310" r:id="rId23"/>
     <p:sldId id="266" r:id="rId24"/>
-    <p:sldId id="263" r:id="rId25"/>
+    <p:sldId id="335" r:id="rId25"/>
+    <p:sldId id="263" r:id="rId26"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -157,146 +159,157 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{38E19330-7F45-4B89-B97B-B3B96D4ADB0D}" v="29" dt="2025-02-27T20:05:44.150"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="78" d="100"/>
-          <a:sy n="78" d="100"/>
+          <a:sx n="142" d="100"/>
+          <a:sy n="142" d="100"/>
         </p:scale>
-        <p:origin x="-342" y="234"/>
+        <p:origin x="768" y="102"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId30" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{38E19330-7F45-4B89-B97B-B3B96D4ADB0D}"/>
     <pc:docChg chg="undo redo custSel addSld delSld modSld">
       <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{38E19330-7F45-4B89-B97B-B3B96D4ADB0D}" dt="2025-02-27T20:08:51.601" v="1076" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{38E19330-7F45-4B89-B97B-B3B96D4ADB0D}" dt="2025-02-27T20:04:02.554" v="854" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{38E19330-7F45-4B89-B97B-B3B96D4ADB0D}" dt="2025-02-27T20:03:55.193" v="831" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="2" creationId="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -1286,138 +1299,138 @@
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1935663326" sldId="278"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="modSp add mod ord">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:27.635" v="1838" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2690682958" sldId="279"/>
         </pc:sldMkLst>
       </pc:sldChg>
       <pc:sldChg chg="delSp modSp add mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:23.535" v="1835" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="821778306" sldId="280"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="4800">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
@@ -1450,250 +1463,220 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041399" y="6159042"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1874672" y="262905"/>
             <a:ext cx="9390352" cy="836261"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
@@ -1706,317 +1689,287 @@
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="837168" y="6352531"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5249333" y="4114000"/>
             <a:ext cx="4967366" cy="943069"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
@@ -2029,407 +1982,317 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -2452,280 +2315,526 @@
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2550C54-6775-E011-39BB-056F7853513F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8283788" y="6200486"/>
+            <a:ext cx="3252892" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Obraz 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAE71CF6-3FF1-CCB0-8DB8-67A4414415B4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11471275" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -2996,156 +3105,160 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7213600" y="5952067"/>
             <a:ext cx="4967366" cy="849135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -3155,114 +3268,114 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="345175"/>
             <a:ext cx="4967366" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" b="1" dirty="0"/>
               <a:t>Poslovna inteligencija</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411916" y="5378273"/>
             <a:ext cx="4792133" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" b="1" dirty="0">
@@ -3286,170 +3399,109 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
-            <a:r>
-[...12 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
@@ -3473,51 +3525,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>number</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -3531,51 +3583,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4400" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>GIS u logistici</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="4075044"/>
             <a:ext cx="4967366" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -3589,87 +3641,87 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Predavanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169333" y="93133"/>
             <a:ext cx="1625600" cy="1600200"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY0" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX1" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY1" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX2" fmla="*/ 448734 w 1625600"/>
               <a:gd name="connsiteY2" fmla="*/ 25400 h 1600200"/>
               <a:gd name="connsiteX3" fmla="*/ 567267 w 1625600"/>
               <a:gd name="connsiteY3" fmla="*/ 0 h 1600200"/>
               <a:gd name="connsiteX4" fmla="*/ 1625600 w 1625600"/>
               <a:gd name="connsiteY4" fmla="*/ 135467 h 1600200"/>
               <a:gd name="connsiteX5" fmla="*/ 1447800 w 1625600"/>
@@ -3771,186 +3823,182 @@
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Obraz 14">
+          <p:cNvPr id="6" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{30BA7C74-E265-15B5-DDB2-CE879B3D869C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="5851938"/>
-            <a:ext cx="5207495" cy="671935"/>
+            <a:off x="8266116" y="6037065"/>
+            <a:ext cx="3884235" cy="820935"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7E33E1A7-5288-70D9-F6D0-84505D941DEE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E33E1A7-5288-70D9-F6D0-84505D941DEE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS u logistici</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{84764063-C9A2-22D1-D609-2CB8493DE2DC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84764063-C9A2-22D1-D609-2CB8493DE2DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Jedna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> od </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>primarnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>primena</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>GIS-a u logistici je </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> GIS-a u logistici je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>optimizacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ruta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Analizom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
@@ -3959,115 +4007,115 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>prostornih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>logističke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>kompanije</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>mogu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odrediti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>naj</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>efikasnij</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>e </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>rute</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dostavu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>smanjujući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vreme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>putovanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>potrošnju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>goriva</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
@@ -4078,162 +4126,150 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>operativne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>troškove</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Na </a:t>
-[...7 lines deleted...]
-              <a:t>, GIS </a:t>
+              <a:t>Na primer, GIS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>može</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>uzeti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>obzir</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>obrasce</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>prometa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, u</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t>slov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>e </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>na</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t>putevima</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...26 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ograničenja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>brzine</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>kako</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> bi </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>optimiz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>ovao</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>rutu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>stvarnom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vremenu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> (Ramzan, 2023.).</a:t>
@@ -4247,55 +4283,55 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>mogućnost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> ne </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>samo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> da </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>poboljšava</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>efikasnost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>već</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>povećava</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>zadovoljstvo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -4349,960 +4385,567 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7E33E1A7-5288-70D9-F6D0-84505D941DEE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E33E1A7-5288-70D9-F6D0-84505D941DEE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS u logistici</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{84764063-C9A2-22D1-D609-2CB8493DE2DC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84764063-C9A2-22D1-D609-2CB8493DE2DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>GIS </a:t>
-[...35 lines deleted...]
-              <a:t>sveobuhvatnu prostornu analizu olakšavanjem integracije različitih vrsta podataka, uključujući GPS i satelitske slike</a:t>
+              <a:t>GIS omogućava primenu podataka u stvarnom vremenu za dinamičko prilagodjavanje saobraćaja i sveobuhvatnu prostornu analizu olakšavanjem integracije različitih vrsta podataka, uključujući GPS i satelitske slike</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Zbog ove integracije, postoje velike uštede vremena i troškova zbog kraćih udaljenosti putovanja i manje potrošnje goriva</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Procesi donošenja odluka poboljšani su mogućnostima prostorne vizualizacije GIS-a, koje otkrivaju obrasce i trendove koji su skriveni u konvencionalnim formatima podataka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Optimizacija rute temeljena na GIS-u ne samo da smanjuje </a:t>
-[...8 lines deleted...]
-              <a:t>uticaj </a:t>
+              <a:t>Optimizacija rute temeljena na GIS-u ne samo da smanjuje uticaj na okolinu i povećava operativnu </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
-                <a:effectLst/>
-[...13 lines deleted...]
-              <a:t>okolinu </a:t>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>efikasno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i povećava operativnu </a:t>
-[...15 lines deleted...]
-              <a:t>st</a:t>
+              <a:t>st, već nudi i snažan okvir za rešavanje zamršenih problema u gradskom </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
-                <a:effectLst/>
-[...25 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>saobraćaju</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1065AB"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3420750490"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{58C16B73-C676-4952-2964-218F9A30C023}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58C16B73-C676-4952-2964-218F9A30C023}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS u logistici</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E61A4443-C37E-3C42-DE47-0AC2E713041F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E61A4443-C37E-3C42-DE47-0AC2E713041F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>GIS-a u optimizaciji ruta prikupljanja komunalnog krutog otpada pokazala se vrlo </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
+              <a:t>Primena GIS-a u optimizaciji ruta prikupljanja komunalnog krutog otpada pokazala se vrlo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>efikasnom</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>u poboljšanju operativne </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
+              <a:t> u poboljšanju operativne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>efikasnos</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i smanjenju troškova</a:t>
+              <a:t>ti i smanjenju troškova</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Singh i Behera (2018) pokazali su da je integracija GIS-a i alata za mrežnu analizu u ArcGIS značajno smanjila udaljenosti </a:t>
-[...35 lines deleted...]
-              <a:t>27,78%</a:t>
+              <a:t>Singh i Behera (2018) pokazali su da je integracija GIS-a i alata za mrežnu analizu u ArcGIS značajno smanjila udaljenosti prevoza za prosečno 27,78%</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>GIS-a za prostornu analizu i optimizaciju rute, </a:t>
-[...8 lines deleted...]
-              <a:t>opštine </a:t>
+              <a:t>Korišćenjem GIS-a za prostornu analizu i optimizaciju rute, opštine mogu postići održivije i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
-                <a:effectLst/>
-[...7 lines deleted...]
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>efikasni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>prakse gospodarenja otpadom, čime se poboljšava </a:t>
-[...51 lines deleted...]
-            </a:endParaRPr>
+              <a:t>je prakse gospodarenja otpadom, čime se poboljšava celokupno pružanje usluga i smanjuje uticaj na okolinu.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Analitika temeljena na GIS-u značajno poboljšava upravljanje lancem </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>krvlju pružajući vidljivost u stvarnom vremenu i olakšavajući bolje donošenje odluka.</a:t>
+              <a:t> krvlju pružajući vidljivost u stvarnom vremenu i olakšavajući bolje donošenje odluka.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Integracija GIS-a s rudarenjem podataka i drugim analitičkim tehnikama </a:t>
-[...35 lines deleted...]
-              <a:t>i smanjenog rasipanja</a:t>
+              <a:t>Integracija GIS-a s rudarenjem podataka i drugim analitičkim tehnikama omogućava efikasno praćenje, upravljanje i optimizaciju izvora krvi, što dovodi do poboljšane operativne efikasnosti i smanjenog rasipanja</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1065AB"/>
               </a:solidFill>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1597175399"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7A5683C5-DA4D-6FB8-3195-9421FA8D1BAC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A5683C5-DA4D-6FB8-3195-9421FA8D1BAC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS u logistici</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{579EE702-3A8A-FDBF-0CB3-16A04AE91CE0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{579EE702-3A8A-FDBF-0CB3-16A04AE91CE0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>GIS igra vitalnu ulogu u planiranju i upravljanju urbanom infrastrukturom pružajući robusnu platformu za integraciju i analizu prostornih podataka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>GIS poboljšava operativnu </a:t>
-[...35 lines deleted...]
-              <a:t>resursa.</a:t>
+              <a:t>GIS poboljšava operativnu efikasnost integracijom prostornih podataka s naprednim analitičkim alatima, olakšavajući donošenje odluka u stvarnom vremenu i optimizujući korišćenje resursa.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Studije su pokazale značajna smanjenja troškova i poboljšanu isporuku usluga putem optimizacije rute temeljene na GIS-u, naglašavajući njegovu ključnu ulogu u upravljanju složenim logističkim operacijama.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>GIS tehnologije, organizacije mogu postići održive prakse, smanjiti </a:t>
-[...53 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>Korišćenjem GIS tehnologije, organizacije mogu postići održive prakse, smanjiti uticaj na okolinu i poboljšati ukupnu operativnu efikasnost.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1778856495"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1C7730DB-0EEC-21D1-082C-71B573E6E7A7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C7730DB-0EEC-21D1-082C-71B573E6E7A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS trendovi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2D20AE67-46AA-6BB5-9CF5-A6FF44C2771B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D20AE67-46AA-6BB5-9CF5-A6FF44C2771B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Budućnost</a:t>
             </a:r>
             <a:r>
@@ -5401,60 +5044,60 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>menjaju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>način</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -5670,114 +5313,105 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>računa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>rstv</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...14 lines deleted...]
-              <a:t>u </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>o u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>oblaku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, AI, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>mašinsko</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>učenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> (ML) i </a:t>
             </a:r>
@@ -5897,114 +5531,105 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>poboljšavaju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>efikasnost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...14 lines deleted...]
-              <a:t>i </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>mogućnosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> GIS-a, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>avajuć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>obradu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -6124,120 +5749,116 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS trendovi – cloud </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>computing</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Računa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>r</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>stvo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>u </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>oblaku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>revolucionira</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> GIS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>pružajući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -6290,67 +5911,67 @@
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>skupova</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Ova </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>promena</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>ava</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>organizacijama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> da </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>iskoriste</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ogromne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -6554,107 +6175,107 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>čini</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> GIS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>pristupačnijim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>isplativijim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>posebno </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>za</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>manje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>organizacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>industrije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ograničenim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>resursima</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3074" name="Picture 2" descr="Cloud PNGs for Free Download">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E9081AA6-8E45-E38A-87E6-906FC54D3682}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9081AA6-8E45-E38A-87E6-906FC54D3682}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="2781301" y="4687252"/>
             <a:ext cx="4267200" cy="2024697"/>
@@ -6687,79 +6308,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS trendovi – AI i ML</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>AI </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>i</a:t>
             </a:r>
@@ -6975,296 +6596,280 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ručno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>analizirati</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Na </a:t>
-[...3 lines deleted...]
-              <a:t>primer</a:t>
+              <a:t>Na primer, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>algoritmi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t>veštačke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>inteligencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>obraditi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>satelitske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>slike</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>kako</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> bi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>otkrili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>promene</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>koriš</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t>ć</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>enju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>zemljišta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
-              <a:t>algoritmi</a:t>
-[...15 lines deleted...]
-              <a:t>inteligencije</a:t>
+              <a:t>dok</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> ML </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>modeli</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>mogu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
-              <a:t>obraditi</a:t>
-[...98 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
               <a:t>predvideti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>obrasce</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>saobraćaja </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>temelju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>istorijskih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Integracija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> AI i ML s GIS-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>om</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>ava</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> t</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>čnije</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>blagovremeno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>donošenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>različitim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -7296,51 +6901,51 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>upravljanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>katastrofama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="Picture 2" descr="Why Machine Learning Needs Semantics Not Just Statistics">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9433910F-FE94-7A1C-A486-F05219006B3F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9433910F-FE94-7A1C-A486-F05219006B3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="838200" y="4552950"/>
             <a:ext cx="3583948" cy="2305050"/>
@@ -7373,79 +6978,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS trendovi – dronovi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Napredak</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
@@ -7574,154 +7179,142 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>teško</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dostupnim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>mestima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Ovi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>alati</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>daju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podatke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>visoke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:t> t</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>čnosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>u </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>stvarnom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vremenu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> koji se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>mogu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>integri</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>sati</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>u GIS za </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> u GIS za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>detaljno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>mapiranje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>analizu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
@@ -7735,106 +7328,102 @@
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> trend </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>posebno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>koristan</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>praćenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:t> ok</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>oline</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>inspekciju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>infrastrukture</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>upravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>poljoprivredom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="What are FPV drones? | Space">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C92DD6A3-0C36-F28C-7D75-0B0986E16A9A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C92DD6A3-0C36-F28C-7D75-0B0986E16A9A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="838200" y="4413052"/>
             <a:ext cx="3914775" cy="2202061"/>
@@ -7867,166 +7456,121 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS trendovi – AR i VR</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>Tehnologije proširene stvarnosti (AR) i virtualne stvarnosti (VR) nude nove načine vizualizacije i interakcije s prostornim podacima, pružajući impresivna iskustva koja mogu poboljšati </a:t>
-[...7 lines deleted...]
-              <a:t>i donošenje odluka.</a:t>
+              <a:t>Tehnologije proširene stvarnosti (AR) i virtualne stvarnosti (VR) nude nove načine vizualizacije i interakcije s prostornim podacima, pružajući impresivna iskustva koja mogu poboljšati razumevanje i donošenje odluka.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>Na </a:t>
-[...23 lines deleted...]
-              <a:t>podzemne komunalne instalacije ili da se kreću kroz složena okruženja.</a:t>
+              <a:t>Na primer, AR može prekriti geoprostorne podatke na prikaze stvarnog sveta, pomažući korisnicima da vizualizuju podzemne komunalne instalacije ili da se kreću kroz složena okruženja.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>VR može stvoriti detaljne simulacije urbanih </a:t>
-[...13 lines deleted...]
-            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>VR može stvoriti detaljne simulacije urbanih pejzaža, omogućavajući planerima da istraže različite scenarije i njihove potencijalne uticaje</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4098" name="Picture 2" descr="Augmented Reality (AR) vs Virtual Reality (VR)">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AB88211E-3E58-5964-4138-B731F7EA0F04}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB88211E-3E58-5964-4138-B731F7EA0F04}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1608666" y="4409686"/>
             <a:ext cx="4996279" cy="1998512"/>
@@ -8059,84 +7603,84 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5663D709-00D7-9B59-4DC7-3990922ED6CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS trendovi – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Analiza podataka u stvarnom vremenu</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53E1B2EF-9D89-86BD-DB1D-748D69119296}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Analiza </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
@@ -8221,84 +7765,80 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dok</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>prikupljaju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>ava</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>brže</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>rea</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>govanj</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>i </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>e i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dinamičnije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>donošenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
@@ -8327,60 +7867,56 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>integracijom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> GIS-a s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Internetom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>stvari</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> (IoT), </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>gde</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>se </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podaci</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>povezanih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>uređaja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -8465,115 +8001,111 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>što</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>upravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>saobraćaje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-              <a:t>m</a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>m, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>odgovor</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>na</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>hitne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>slučajeve</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>praćenje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+              <a:t>okoline</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
-              <a:t>odgovor</a:t>
-[...46 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
               <a:t>gde</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>pravovremene</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>informacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -8599,117 +8131,109 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sadržaj</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10947400" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>Geografski </a:t>
-[...7 lines deleted...]
-              <a:t>(GIS)</a:t>
+              <a:t>Geografski informacioni sistemi (GIS)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>GIS slojevi</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>GIS podaci</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>GIS u logistici</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Budući trendovi u GIS-u</a:t>
             </a:r>
@@ -8729,177 +8253,168 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sažetak</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10298651" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Geografski</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>informac</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ion</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...14 lines deleted...]
-              <a:t>(GIS) </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>i (GIS) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>napravili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -9100,112 +8615,103 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>mogu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> se </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>uopšteno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>kategori</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sati</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...17 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>dve</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>glavne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -9298,69 +8804,69 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> GIS-a u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>logistiku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ava</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vizualizaciju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
@@ -9502,90 +9008,81 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>upravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...8 lines deleted...]
-              <a:t> </a:t>
+              <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>lancima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>snabdevanja </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>povećanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -9604,71 +9101,65 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>operativne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>efikasnost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Kako</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> se GIS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
@@ -9700,114 +9191,114 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>razvijati</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>nje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ne</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>primene </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>logistici</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> će se</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>proširiti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
@@ -9862,60 +9353,60 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> alate </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>za</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>rešavanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>složenih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -9950,97 +9441,257 @@
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Aut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>ori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>Finalna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>verzija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>jun</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Hvala na pažnji</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
@@ -10062,156 +9713,147 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>GIS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Geografski</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>informacioni </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...14 lines deleted...]
-              <a:t>(GIS) </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>i (GIS) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>napravili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -10382,81 +10024,72 @@
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Kako</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:t> p</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>re</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>duzeća</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sve</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -10475,69 +10108,69 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>posluju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>globali</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>zovanom</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>okruženju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
@@ -10646,87 +10279,87 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>za</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>optimizaciju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>lanaca</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>upravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -10781,120 +10414,114 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ukupne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>efikasnost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>GIS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>tehnologija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>omo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>gućava</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>logističkim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -11021,150 +10648,141 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>što</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>dovodi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...17 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> do </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>informi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sanih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>poboljšane</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>raspodele</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>resursa</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1065AB"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
@@ -11180,326 +10798,177 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>GIS – definicija i </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
+              <a:t>GIS – definicija i istorija</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>alat koji </a:t>
-[...35 lines deleted...]
-              <a:t>geografske podatke.</a:t>
+              <a:t>Računarski alat koji integriše, skladišti, analizira i vizualizuje geografske podatke.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Povezuje prostorne podatke s opisnim informacijama kako bi korisnicima pomogao </a:t>
-[...17 lines deleted...]
-              <a:t>i protumačiti prostorne odnose, obrasce i trendove.</a:t>
+              <a:t>Povezuje prostorne podatke s opisnim informacijama kako bi korisnicima pomogao razumeti i protumačiti prostorne odnose, obrasce i trendove.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>GIS se koristi u raznim industrijama za mapiranje, analizu i donošenje odluka, pružajući </a:t>
-[...17 lines deleted...]
-              <a:t>uvide u prostorne dimenzije podataka</a:t>
+              <a:t>GIS se koristi u raznim industrijama za mapiranje, analizu i donošenje odluka, pružajući dragocene uvide u prostorne dimenzije podataka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>istorija</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>geografskih informacijskih </a:t>
-[...35 lines deleted...]
-              <a:t>GIS razvio Roger Tomlinson, često nazivan "ocem GIS-a"</a:t>
+              <a:t> geografskih informacijskih sistema (GIS) datira iz ranih 1960-ih kada je prvi računarski GIS razvio Roger Tomlinson, često nazivan "ocem GIS-a"</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Godine 1969. osnovan je Esri (Institut za istraživanje </a:t>
-[...17 lines deleted...]
-              <a:t>koji je postao ključni igrač u GIS industriji, uvodeći ArcGIS platformu, koja je značajno poboljšala mogućnosti i dostupnost GIS tehnologije</a:t>
+              <a:t>Godine 1969. osnovan je Esri (Institut za istraživanje sistema životne sredine) koji je postao ključni igrač u GIS industriji, uvodeći ArcGIS platformu, koja je značajno poboljšala mogućnosti i dostupnost GIS tehnologije</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Danas je GIS sastavni alat u raznim sektorima, uključujući transport, logistiku, poljoprivredu i javnu sigurnost, pružajući kritične uvide i pomažući u procesima donošenja odluka</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="6503086" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -11707,79 +11176,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{529CA85F-871E-ED0C-FEA1-9569205BEF7A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{529CA85F-871E-ED0C-FEA1-9569205BEF7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS komponente</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F68BC3EF-F429-018F-8358-3123D1114BC6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F68BC3EF-F429-018F-8358-3123D1114BC6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="7773140" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
                 <a:solidFill>
@@ -11815,100 +11284,92 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>koriste</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>pokretanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> GIS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>softvera</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>pohranu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>poput</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>računa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>r</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>a, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>servera</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>GPS </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, GPS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>uređaja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>drugih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>perifernih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -12060,62 +11521,58 @@
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>neprostorne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>informacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> GIS </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:t> GIS s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>analiziraju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>uključujući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>karte</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
@@ -12327,78 +11784,78 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>tehnologijom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, od </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>analitičara</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> do </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>donos</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>ioc</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B295C036-5E68-01B0-DF56-759AE2BE45AE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B295C036-5E68-01B0-DF56-759AE2BE45AE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="6503086" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -12605,51 +12062,51 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>Rautray</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> (n.d.)</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5" descr="A diagram of a diagram&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{854F8EBD-E19F-0CD7-E964-B1EB8530A3F0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{854F8EBD-E19F-0CD7-E964-B1EB8530A3F0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8797253" y="2166151"/>
             <a:ext cx="2771378" cy="3181356"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -12665,79 +12122,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8386D5CC-8F85-FD7C-522B-F3EFD02C0DF9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8386D5CC-8F85-FD7C-522B-F3EFD02C0DF9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS slojevi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{601B6C61-E359-1E86-8442-D8011BEBC24C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{601B6C61-E359-1E86-8442-D8011BEBC24C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="4390748" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Jedna</a:t>
@@ -12772,55 +12229,55 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>koncept</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>slojeva</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Sloj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>isečak</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>geografske</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>stvarnosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>određenom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -12892,135 +12349,135 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>što</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ceste</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>koriš</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>ć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>enje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>zemljišta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>nadmorska</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>visina</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vodena</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>tela</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>gustoća</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>naseljenosti</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{03E35AAB-A778-5231-0B53-DF651EFD2BB3}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03E35AAB-A778-5231-0B53-DF651EFD2BB3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="6503086" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -13235,51 +12692,51 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>n.d.c</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5" descr="A screenshot of a map&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CE77F69D-B85F-110C-583F-2C605A6491D2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE77F69D-B85F-110C-583F-2C605A6491D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5228948" y="1100539"/>
             <a:ext cx="6285390" cy="4730671"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -13295,84 +12752,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EA39D72D-AAFD-103B-692C-728A70B74EE5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA39D72D-AAFD-103B-692C-728A70B74EE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>GIS </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="hr-HR" dirty="0"/>
+              <a:t>GIS podaci</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A66AAAD4-9551-9321-77F5-BE4F815900EF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A66AAAD4-9551-9321-77F5-BE4F815900EF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Geografski</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
@@ -13534,57 +12986,57 @@
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>geografskih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>informacija</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="sr-Latn-RS" sz="1800" kern="100" dirty="0" smtClean="0">
+            <a:endParaRPr lang="sr-Latn-RS" sz="1800" kern="100" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>GIS </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podaci</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> se </a:t>
@@ -13714,221 +13166,163 @@
               </a:rPr>
               <a:t>vektorsk</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podaci</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Vektorski podaci:</a:t>
             </a:r>
-            <a:endParaRPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
-[...2 lines deleted...]
-              </a:solidFill>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>tačke, linije i poligoni koji se koriste za predstavljanje geografskih podataka</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="vi-VN" sz="1400" kern="100" dirty="0">
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>sve linije su uhvaćene kao tačke povezane tačno pravim linijama</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1400" kern="100" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1400" kern="100" dirty="0">
-[...15 lines deleted...]
-            <a:r>
               <a:rPr lang="vi-VN" sz="1400" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>sve linije su uhvaćene kao tačke povezane tačno pravim </a:t>
-[...8 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="1400" kern="100" dirty="0" smtClean="0">
+              <a:t>podaci o tačkama predstavljaju diskretne tačke podataka ili određene lokacije, kao što su škole, nazivi gradova ili interesantne tačke. Podaci linija predstavljaju linearne karakteristike kao što su putevi i reke, a poligoni se koriste za karakteristike područja kao što su jezera, administrativne granice i šume</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1400" kern="100" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
+              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Raster podaci:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
               <a:rPr lang="vi-VN" sz="1400" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>podaci o tačkama predstavljaju diskretne tačke podataka ili određene lokacije, kao što su škole, nazivi gradova ili interesantne tačke. Podaci linija predstavljaju linearne karakteristike kao što su putevi i reke, a poligoni se koriste za karakteristike područja kao što su jezera, administrativne granice i </a:t>
-[...8 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="1400" kern="100" dirty="0" smtClean="0">
+              <a:t>struktura podataka zasnovana na mreži sastavljena od piksela ili ćelija, od kojih svaka ima pridruženi atribut</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1400" kern="100" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0" smtClean="0">
-[...22 lines deleted...]
-            <a:r>
               <a:rPr lang="vi-VN" sz="1400" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>struktura podataka zasnovana na mreži sastavljena od piksela ili ćelija, od kojih svaka ima pridruženi </a:t>
-[...34 lines deleted...]
-              <a:t>podataka su satelitski snimci, snimci iz vazduha, podaci sa daljinskog snimanja i podaci sa osenčenim reljefom i topografijom</a:t>
+              <a:t>najčešći izvori raster podataka su satelitski snimci, snimci iz vazduha, podaci sa daljinskog snimanja i podaci sa osenčenim reljefom i topografijom</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6F0B7141-9920-2A95-685E-6E4219928987}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F0B7141-9920-2A95-685E-6E4219928987}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="6503086" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -14197,144 +13591,144 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EA39D72D-AAFD-103B-692C-728A70B74EE5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA39D72D-AAFD-103B-692C-728A70B74EE5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS podaci</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6" descr="A map of a river and a map of a river&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{71B6B469-DAA1-719F-99D4-68B1C95858CD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71B6B469-DAA1-719F-99D4-68B1C95858CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2318995" y="1984226"/>
             <a:ext cx="7260010" cy="3351513"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="TextBox 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{55B113F7-A69D-30B1-A747-F77BB86C88C5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55B113F7-A69D-30B1-A747-F77BB86C88C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3124940" y="1461006"/>
             <a:ext cx="2404954" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2800" b="1" dirty="0"/>
               <a:t>Vektorska slika</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="TextBox 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7887030E-A1F6-95E2-A488-F3CAFE4A7D47}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7887030E-A1F6-95E2-A488-F3CAFE4A7D47}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6779813" y="1461006"/>
             <a:ext cx="2365712" cy="523220"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2800" b="1" dirty="0"/>
               <a:t>Rasterska slika</a:t>
@@ -14355,257 +13749,253 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7E33E1A7-5288-70D9-F6D0-84505D941DEE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E33E1A7-5288-70D9-F6D0-84505D941DEE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>GIS u logistici</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{84764063-C9A2-22D1-D609-2CB8493DE2DC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84764063-C9A2-22D1-D609-2CB8493DE2DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>GIS je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>iz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>temelja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>transfor</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>misao</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>sektor</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>logistike</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>pružajući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> alate </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>koji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>avaju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>efikasnij</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>e, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>isplat</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>vije,</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>strateške</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>procese</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>donošenja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Integracija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> GIS-a u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>logistiku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>ava</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vizualizaciju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>analizu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>interpretaciju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -14645,126 +14035,122 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>optimizaciju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ruta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>upravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>lancima</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t> snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>i </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>povećanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ukupne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>operativne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>efikasnosti</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Logistički</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>profesionalci</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>mogu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>videti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>uzorke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>odnose</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>trendove</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> koji </a:t>
@@ -15248,125 +14634,114 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Utwórz nowy dokument." ma:contentTypeScope="" ma:versionID="86103960ca44d5c9df2a8fb84c243902">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f0b528dcbc4ce96b8fc80b5cec964086" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Tagi obrazów" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="dfb4df37-903f-415b-817d-12eb03f331f0" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="15" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceLocation" ma:index="18" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
@@ -15386,88 +14761,88 @@
     <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{f4652e19-0f91-4064-a28d-12f01e91685a}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9bddfac-6dc9-4958-8f35-4d0da3af229b">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="16" nillable="true" ma:displayName="Udostępnianie" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="17" nillable="true" ma:displayName="Udostępnione dla — szczegóły" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Typ zawartości"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Tytuł"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -15512,137 +14887,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38B585F9-4DC1-49D4-948D-B4D134ABDF54}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
-</file>
-[...2 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A77E4498-2DF0-4D84-9EBA-C3E87C7768B2}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1739</Words>
+  <Words>1778</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Custom</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>21</Slides>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>110</Paragraphs>
+  <Slides>22</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>3</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>21</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="22" baseType="lpstr">
+    <vt:vector size="26" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligencija</vt:lpstr>
       <vt:lpstr>Sadržaj</vt:lpstr>
       <vt:lpstr>GIS</vt:lpstr>
       <vt:lpstr>GIS – definicija i istorija</vt:lpstr>
       <vt:lpstr>GIS komponente</vt:lpstr>
       <vt:lpstr>GIS slojevi</vt:lpstr>
       <vt:lpstr>GIS podaci</vt:lpstr>
       <vt:lpstr>GIS podaci</vt:lpstr>
       <vt:lpstr>GIS u logistici</vt:lpstr>
       <vt:lpstr>GIS u logistici</vt:lpstr>
       <vt:lpstr>GIS u logistici</vt:lpstr>
       <vt:lpstr>GIS u logistici</vt:lpstr>
       <vt:lpstr>GIS u logistici</vt:lpstr>
       <vt:lpstr>GIS trendovi</vt:lpstr>
       <vt:lpstr>GIS trendovi – cloud computing</vt:lpstr>
       <vt:lpstr>GIS trendovi – AI i ML</vt:lpstr>
       <vt:lpstr>GIS trendovi – dronovi</vt:lpstr>
       <vt:lpstr>GIS trendovi – AR i VR</vt:lpstr>
       <vt:lpstr>GIS trendovi – Analiza podataka u stvarnom vremenu</vt:lpstr>
       <vt:lpstr>Sažetak</vt:lpstr>
+      <vt:lpstr>Autori:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Finalna verzija: jun 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>