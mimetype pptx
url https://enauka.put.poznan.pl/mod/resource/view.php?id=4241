--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,100 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
-  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" bookmarkIdSeed="7">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="267" r:id="rId8"/>
     <p:sldId id="272" r:id="rId9"/>
     <p:sldId id="273" r:id="rId10"/>
     <p:sldId id="274" r:id="rId11"/>
     <p:sldId id="275" r:id="rId12"/>
     <p:sldId id="276" r:id="rId13"/>
     <p:sldId id="277" r:id="rId14"/>
     <p:sldId id="278" r:id="rId15"/>
     <p:sldId id="279" r:id="rId16"/>
     <p:sldId id="280" r:id="rId17"/>
     <p:sldId id="281" r:id="rId18"/>
     <p:sldId id="282" r:id="rId19"/>
     <p:sldId id="283" r:id="rId20"/>
-    <p:sldId id="263" r:id="rId21"/>
+    <p:sldId id="335" r:id="rId21"/>
+    <p:sldId id="263" r:id="rId22"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -391,97 +392,93 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="115" d="100"/>
-          <a:sy n="115" d="100"/>
+          <a:sx n="112" d="100"/>
+          <a:sy n="112" d="100"/>
         </p:scale>
-        <p:origin x="324" y="114"/>
+        <p:origin x="444" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -686,80 +683,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -980,80 +947,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1164,80 +1101,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1286,80 +1193,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1408,80 +1285,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
@@ -1704,160 +1551,151 @@
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="4" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14E33D8A-DC98-7081-CB06-DA006E789716}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="hqprint">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Symbol zastępczy stopki 4">
+          <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B83F9DA6-3C1E-F259-137C-1C439C9EBD54}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E20551B2-F538-33AF-4853-70F5105444F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...4 lines deleted...]
-          </p:nvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...2 lines deleted...]
-              <a:defRPr sz="600">
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:defRPr>
-[...30 lines deleted...]
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
@@ -2131,225 +1969,138 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/t-test/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/statistical-tests/#nonparametric" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/chi-square-tests/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/one-way-anova/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/simple-linear-regression/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/t-test/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/statistical-tests/#nonparametric" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/chi-square-tests/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/one-way-anova/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/simple-linear-regression/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.emf"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openstax.org/details/books/introductory-statistics-2e" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dept.clcillinois.edu/mth/oer/IntroductoryStatistics.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.khanacademy.org/math/statistics-probability" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/category/statistics/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.uqu.edu.sa/_/mskhayat/files/MySubjects/20178FS%20Elementary%20Statistics/Introductory%20Statistics%20(7th%20Ed).pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://byjus.com/maths/statistics/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open.umn.edu/opentextbooks/textbooks/196" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=VPZD_aij8H0" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://saylordotorg.github.io/text_introductory-statistics/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/profile/Tareq-Alodat-2/publication/340511098_INTRODUCTION_TO_STATISTICS_MADE_EASY/links/5e8de3dc4585150839c7b58a/INTRODUCTION-TO-STATISTICS-MADE-EASY.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://assets.openstax.org/oscms-prodcms/media/documents/IntroductoryStatistics-OP_i6tAI7e.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=LMSyiAJm99g" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinestatbook.com/Online_Statistics_Education.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://stats.libretexts.org/Bookshelves/Introductory_Statistics" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.geeksforgeeks.org/introduction-of-statistics-and-its-types/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/BWbgiJz0_TA?si=wTNnNud2uKSF_9Mg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/median/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/mean/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/standard-deviation/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/mode/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto1.wdp"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/median/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/mean/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/standard-deviation/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scribbr.com/statistics/mode/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto2.wdp"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto3.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="../media/hdphoto3.wdp"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...89 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
@@ -2409,164 +2160,103 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
-            <a:r>
-[...12 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -2591,145 +2281,66 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Project </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>number</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...77 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -2855,80 +2466,279 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="15" name="Obraz 14">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6DF4095-31B2-811F-E7E2-492B8C792067}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...9 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="5851938"/>
-            <a:ext cx="5207495" cy="671935"/>
+            <a:off x="5925440" y="659349"/>
+            <a:ext cx="5648456" cy="2183467"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Statistical methods for analysing logistics data</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A9D6BE9F-E8E2-ACFE-95A5-5930CF9F4F44}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6402763" y="4201919"/>
+            <a:ext cx="4967366" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPct val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="6000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+                <a:ea typeface="+mj-ea"/>
+                <a:cs typeface="+mj-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Lecture</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DD8DCA9-0DF2-AE36-0894-076DEC8C888A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6096000" y="3172628"/>
+            <a:ext cx="5872309" cy="842557"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
+            <a:normAutofit fontScale="70000" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4400" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Statistics for Business Analytics</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -3123,51 +2933,51 @@
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>The Central Limit Theorem (CLT) is a fundamental concept in statistics that underpins the </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0" err="1"/>
               <a:t>behavior</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> of sampling distributions. It states that the sampling distribution of the sample mean approaches a normal distribution as the sample size increases, regardless of the shape of the population distribution. This theorem enables us to make robust inferences about population parameters from sample data.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
@@ -3187,51 +2997,51 @@
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" altLang="sl-SI" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Rectangle 1"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="3452711"/>
             <a:ext cx="7692989" cy="2677656"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
@@ -3422,80 +3232,72 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="1709304"/>
             <a:ext cx="9238010" cy="4632037"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>A test statistic represents a numerical value derived from a statistical hypothesis test, indicating the degree of alignment between your observed data and the distribution expected under the null hypothesis of that test</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sl-SI" dirty="0" smtClean="0"/>
+              <a:t>A test statistic represents a numerical value derived from a statistical hypothesis test, indicating the degree of alignment between your observed data and the distribution expected under the null hypothesis of that test.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>This statistic plays a crucial role in computing the p-value of your findings, facilitating the determination of whether to accept or reject your null </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sl-SI" dirty="0" smtClean="0"/>
+              <a:t>This statistic plays a crucial role in computing the p-value of your findings, facilitating the determination of whether to accept or reject your null hypothesis</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="1600" kern="100" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>A test statistic articulates the similarity between the distribution of your data and the distribution anticipated under the null hypothesis of the statistical test employed. The distribution of data elucidates the frequency of each observation, characterized by its central tendency and the variability around it. Since different statistical tests anticipate different distribution types, selecting the appropriate test aligns with your hypothesis.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just">
@@ -5035,114 +4837,106 @@
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>The </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
               <a:t>standard error </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>of the mean (SE or SEM) serves as an indicator of the probable disparity between the population mean and a sample mean. It offers insight into the degree of variability one would anticipate in the sample mean if the study were replicated using fresh samples drawn from the same population</a:t>
-[...10 lines deleted...]
-          <a:p>
+              <a:t>of the mean (SE or SEM) serves as an indicator of the probable disparity between the population mean and a sample mean. It offers insight into the degree of variability one would anticipate in the sample mean if the study were replicated using fresh samples drawn from the same population.</a:t>
+            </a:r>
             <a:endParaRPr lang="sl-SI" dirty="0"/>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sl-SI" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="sl-SI" dirty="0"/>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="sl-SI" dirty="0" smtClean="0"/>
-[...1 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="sl-SI" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sl-SI" dirty="0"/>
           </a:p>
           <a:p>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>You can present the standard error alongside the mean or incorporate it into a confidence interval to convey the uncertainty surrounding the mean</a:t>
-[...8 lines deleted...]
-            <a:endParaRPr lang="sl-SI" dirty="0" smtClean="0"/>
+              <a:t>You can present the standard error alongside the mean or incorporate it into a confidence interval to convey the uncertainty surrounding the mean.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="10627663" y="541445"/>
             <a:ext cx="940224" cy="940224"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -5158,270 +4952,262 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Standard </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sl-SI" dirty="0" smtClean="0"/>
+              <a:t>Standard Error</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="sl-SI" dirty="0" err="1"/>
               <a:t>and</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" dirty="0" smtClean="0"/>
+              <a:rPr lang="sl-SI" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>confidence </a:t>
-[...3 lines deleted...]
-              <a:t>interval </a:t>
+              <a:t>confidence interval </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Object 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noChangeAspect="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="289971889"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1726380" y="3387944"/>
           <a:ext cx="5775325" cy="1844675"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
             <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
               <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
-                <p:oleObj spid="_x0000_s7181" name="Document" r:id="rId4" imgW="5775241" imgH="1845419" progId="Word.Document.12">
+                <p:oleObj name="Document" r:id="rId3" imgW="5775241" imgH="1845419" progId="Word.Document.12">
                   <p:embed/>
                 </p:oleObj>
               </mc:Choice>
               <mc:Fallback>
-                <p:oleObj name="Document" r:id="rId4" imgW="5775241" imgH="1845419" progId="Word.Document.12">
+                <p:oleObj name="Document" r:id="rId3" imgW="5775241" imgH="1845419" progId="Word.Document.12">
                   <p:embed/>
                   <p:pic>
                     <p:nvPicPr>
                       <p:cNvPr id="0" name=""/>
                       <p:cNvPicPr/>
                       <p:nvPr/>
                     </p:nvPicPr>
                     <p:blipFill>
-                      <a:blip r:embed="rId5"/>
+                      <a:blip r:embed="rId4"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </p:blipFill>
                     <p:spPr>
                       <a:xfrm>
                         <a:off x="1726380" y="3387944"/>
                         <a:ext cx="5775325" cy="1844675"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </p:spPr>
                   </p:pic>
                 </p:oleObj>
               </mc:Fallback>
             </mc:AlternateContent>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7172" name="Picture 18" descr="SE = \dfrac{\sigma}{\sqrt{n}}"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId6">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="781050" cy="361950"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7171" name="Picture 19" descr="SE"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7">
+          <a:blip r:embed="rId6">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="266700" cy="123825"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7170" name="Picture 20" descr="\sigma"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId7">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="104775" cy="76200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7169" name="Picture 39" descr="n"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId9">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="104775" cy="76200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -5499,76 +5285,64 @@
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
             <a:ext uri="{AF507438-7753-43E0-B8FC-AC1667EBCBE1}">
               <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:effectLst>
                   <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                     <a:schemeClr val="bg2"/>
                   </a:outerShdw>
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-GB" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-GB" b="1" dirty="0"/>
-              <a:t>confidence interval </a:t>
+              <a:t>A confidence interval </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>denotes a span of values where an unknown population parameter is anticipated to lie most frequently if the study were to be replicated with new random </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sl-SI" dirty="0" smtClean="0"/>
+              <a:t>denotes a span of values where an unknown population parameter is anticipated to lie most frequently if the study were to be replicated with new random samples.</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>a 95% confidence level, it's expected that 95% of all sample means will fall within a confidence interval encompassing ± 1.96 standard errors of the sample mean. This interval serves as an estimate within which the true population parameter is believed to lie with 95% confidence. </a:t>
+              <a:t>At a 95% confidence level, it's expected that 95% of all sample means will fall within a confidence interval encompassing ± 1.96 standard errors of the sample mean. This interval serves as an estimate within which the true population parameter is believed to lie with 95% confidence. </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
@@ -5605,75 +5379,67 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Standard </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sl-SI" dirty="0" smtClean="0"/>
+              <a:t>Standard Error</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="sl-SI" dirty="0" err="1"/>
               <a:t>and</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" dirty="0" smtClean="0"/>
+              <a:rPr lang="sl-SI" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>confidence </a:t>
-[...3 lines deleted...]
-              <a:t>interval </a:t>
+              <a:t>confidence interval </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Table 3"/>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1335913767"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="1783838" y="3752654"/>
           <a:ext cx="5702414" cy="2240280"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
@@ -6348,65 +6114,65 @@
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>With random sampling, a 95% CI [525 575] tells you that there is a 0.95 probability that the population mean math SAT score is between 525 and 575.</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="394663578"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
@@ -6652,57 +6418,50 @@
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3847577616"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="TextBox 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
@@ -6719,82 +6478,65 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="hr-HR" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="hr-HR" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>Internet </a:t>
-[...16 lines deleted...]
-              <a:t>pages:</a:t>
+              <a:t>Internet pages:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr kumimoji="0" lang="hr-HR" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
@@ -7491,583 +7233,672 @@
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Youtube</a:t>
             </a:r>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>links</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sl-SI" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...13 lines deleted...]
-              <a:rPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+              <a:t> (Business</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>statistics</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:prstClr val="black"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="800"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:prstClr val="black"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" u="sng" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" u="sng">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId14"/>
               </a:rPr>
               <a:t>https</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId14"/>
               </a:rPr>
-              <a:t>://</a:t>
-[...13 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="1400" u="sng" dirty="0" smtClean="0">
+              <a:t>://youtu.be/BWbgiJz0_TA?si=wTNnNud2uKSF_9Mg</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="1400" u="sng" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sl-SI" sz="1400" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId15"/>
               </a:rPr>
               <a:t>https://youtu.be/ImpxCMX2i_k?si=BBBpkMw-T7bKABMJ</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sl-SI" sz="1400" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId15"/>
               </a:rPr>
-              <a:t>https://youtu.be/-</a:t>
-[...11 lines deleted...]
-              <a:t>k0pZa201Ck?si=CC49sVstpo1V7RfC</a:t>
+              <a:t>https://youtu.be/-k0pZa201Ck?si=CC49sVstpo1V7RfC</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sl-SI" sz="1400" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId15"/>
               </a:rPr>
-              <a:t>https://</a:t>
-[...11 lines deleted...]
-              <a:t>youtu.be/kyjlxsLW1Is?si=5_VSJrzMKo38tS4-</a:t>
+              <a:t>https://youtu.be/kyjlxsLW1Is?si=5_VSJrzMKo38tS4-</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="sl-SI" sz="1400" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId15"/>
               </a:rPr>
-              <a:t>https://</a:t>
-[...11 lines deleted...]
-              <a:t>youtu.be/8JIe_cz6qGA?si=5512orwSjxsCPNCs</a:t>
+              <a:t>https://youtu.be/8JIe_cz6qGA?si=5512orwSjxsCPNCs</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sl-SI" sz="1400" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="sl-SI" sz="1400" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId15"/>
               </a:rPr>
-              <a:t>https</a:t>
-[...13 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+              <a:t>https://youtu.be/eYTumjgE2IY?si=eIP6yIGbaJHMMSwv</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="sl-SI" sz="1400" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:hlinkClick r:id="rId15"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId15"/>
               </a:rPr>
-              <a:t>https</a:t>
-[...17 lines deleted...]
-              <a:t>://www.youtube.com/watch?v=LMSyiAJm99g</a:t>
+              <a:t>https://www.youtube.com/watch?v=LMSyiAJm99g</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="hr-HR" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="107000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr kumimoji="0" lang="en-US" sz="1400" b="0" i="0" u="sng" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId16"/>
               </a:rPr>
-              <a:t>https://</a:t>
-[...17 lines deleted...]
-              <a:t>www.youtube.com/watch?v=VPZD_aij8H0</a:t>
+              <a:t>https://www.youtube.com/watch?v=VPZD_aij8H0</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="hr-HR" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1367260989"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Authors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez , Maja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fošner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gumzej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Rebeka Kovačič Lukman, Benjamin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marcen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Marinko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maslarić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Boško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Matović</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Final</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> version: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>June</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -8139,57 +7970,50 @@
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4020019421"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -8231,217 +8055,189 @@
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2111702" y="1779496"/>
             <a:ext cx="7536793" cy="4037979"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="47500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4800" dirty="0"/>
               <a:t>The role and importance of statistics in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
-              <a:t>Business </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+              <a:t>Business Analytics</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
-              <a:t>Normal </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+              <a:t>Normal Distribution</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
-              <a:t>Empirical </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+              <a:t>Empirical rule</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
-              <a:t>Formula of the normal </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+              <a:t>Formula of the normal curve</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
-              <a:t>Standard normal </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+              <a:t>Standard normal distribution</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
               <a:t>Finding probability using the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="4800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="4800" i="1" dirty="0"/>
               <a:t>z</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="4800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="4800" dirty="0"/>
               <a:t>-distribution</a:t>
             </a:r>
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
-              <a:t>Sampling </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+              <a:t>Sampling Distribution</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
-              <a:t>Central Limit Theorem and Sampling </a:t>
-[...9 lines deleted...]
-              <a:rPr lang="sl-SI" sz="4800" dirty="0" err="1" smtClean="0"/>
+              <a:t>Central Limit Theorem and Sampling Distribution</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="4800" dirty="0" err="1"/>
               <a:t>Types</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sl-SI" sz="4800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" sz="4800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="sl-SI" sz="4800" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sl-SI" sz="4800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-GB" sz="4800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-GB" sz="4800" dirty="0"/>
               <a:t>Test statistics</a:t>
             </a:r>
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
               <a:t>Standard Error</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sl-SI" sz="4800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sl-SI" sz="4800" dirty="0" err="1"/>
               <a:t>and</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sl-SI" sz="4800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="4800" dirty="0"/>
               <a:t>confidence interval </a:t>
             </a:r>
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
-[...26 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="sl-SI" sz="4800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="pl-PL" sz="2000" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
@@ -8547,51 +8343,51 @@
           <a:xfrm>
             <a:off x="1608666" y="2289548"/>
             <a:ext cx="8731470" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2400" dirty="0"/>
               <a:t>Welcome to the world of business statistics, where data transforms into meaningful insights, guiding decision-making and uncovering hidden truths. In this comprehensive exploration, we embark on a journey to demystify essential statistical concepts and techniques that underpin rigorous business data analysis. From understanding the intricacies of distributions to applying hypothesis testing and constructing confidence intervals, each chapter unfolds a new facet of statistical literacy.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="sl-SI" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
@@ -8687,57 +8483,53 @@
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1121394" y="1990003"/>
             <a:ext cx="8323610" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" sz="2000" dirty="0"/>
-              <a:t>At the heart of statistical analysis lies the normal distribution, a ubiquitous probability distribution that serves as a benchmark for many statistical techniques. We will delve into its characteristics, its symmetrical bell-shaped curve, and its significance in understanding the distribution of </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="sl-SI" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>At the heart of statistical analysis lies the normal distribution, a ubiquitous probability distribution that serves as a benchmark for many statistical techniques. We will delve into its characteristics, its symmetrical bell-shaped curve, and its significance in understanding the distribution of data</a:t>
+            </a:r>
+            <a:endParaRPr lang="sl-SI" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="sl-SI" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Normal distributions have key characteristics that are easy to spot in graphs:</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>The </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0">
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>mean</a:t>
@@ -9247,96 +9039,96 @@
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="sl-SI" altLang="sl-SI" sz="1200" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>The empirical rule, also known as the 68-95-99.7 rule, provides insight into the distribution of values within a normal distribution: </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Approximately 68% of values fall within 1 standard deviation from the mean.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Roughly 95% of values lie within 2 standard deviations from the mean.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>About 99.7% of values are encompassed within 3 standard deviations from the mean</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="3600" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3" cstate="print">
             <a:duotone>
               <a:schemeClr val="accent5">
                 <a:shade val="45000"/>
                 <a:satMod val="135000"/>
               </a:schemeClr>
@@ -9451,66 +9243,62 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Rectangle 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="1581313"/>
             <a:ext cx="9745133" cy="2862322"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>To construct a normal curve based on a given mean and standard deviation, one can employ a probability density function, thereby accurately representing the distribution of the data</a:t>
             </a:r>
-            <a:endParaRPr lang="sl-SI" dirty="0" smtClean="0"/>
-[...1 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="sl-SI" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="sl-SI" dirty="0"/>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="sl-SI" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>a probability density function, the area beneath the curve represents probability. Given that the normal distribution serves as a probability distribution, the cumulative area under the curve invariably sums up to 1 or 100%. Although the formula for the normal probability density function may appear intricate, utilizing it merely necessitates knowledge of the population mean and standard deviation. By substituting these parameters into the formula, one can determine the probability density associated with any given value of x.</a:t>
+              <a:t>Within a probability density function, the area beneath the curve represents probability. Given that the normal distribution serves as a probability distribution, the cumulative area under the curve invariably sums up to 1 or 100%. Although the formula for the normal probability density function may appear intricate, utilizing it merely necessitates knowledge of the population mean and standard deviation. By substituting these parameters into the formula, one can determine the probability density associated with any given value of x.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
@@ -9630,275 +9418,260 @@
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="76176" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>f</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>x</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>) = </a:t>
-[...17 lines deleted...]
-              <a:rPr kumimoji="0" lang="sl-SI" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>) = probability</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="sl-SI" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="sl-SI" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>density</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="sl-SI" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="sl-SI" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="sl-SI" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1" smtClean="0">
+              <a:rPr kumimoji="0" lang="sl-SI" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" err="1">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>function</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>x</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> = value of the variable</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rectangle 8"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1748220" y="4996300"/>
             <a:ext cx="1673856" cy="907917"/>
           </a:xfrm>
@@ -9937,201 +9710,185 @@
                 </a:effectLst>
               </a14:hiddenEffects>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="76176" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-GB" altLang="sr-Latn-RS" sz="1100" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-GB" altLang="sr-Latn-RS" sz="1100" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>= mean</a:t>
+              <a:t>μ = mean</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" altLang="sr-Latn-RS" sz="1100" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr eaLnBrk="0" fontAlgn="base" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buFontTx/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-GB" altLang="sr-Latn-RS" sz="1100" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>σ = standard </a:t>
-[...9 lines deleted...]
-            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:t>σ = standard deviation</a:t>
+            </a:r>
+            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>σ</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="30000" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="30000" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> = variance</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Picture 13"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
@@ -10358,51 +10115,51 @@
               <a:t>z-distribution</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>, is distinct for having a mean of 0 and a standard deviation of 1. Any normal distribution can be seen as a transformation of the standard normal distribution, undergoing adjustments in scale, position, or both.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="just" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="pl-PL" altLang="sl-SI" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
@@ -10529,137 +10286,137 @@
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>You only need to know the mean and standard deviation of your distribution to find the </a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>z</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>-score of a value.</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 5"/>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1608666" y="3691151"/>
             <a:ext cx="12192000" cy="457200"/>
           </a:xfrm>
@@ -10704,197 +10461,197 @@
           <a:bodyPr vert="horz" wrap="none" lIns="91440" tIns="45720" rIns="91440" bIns="76176" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="1" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>x</a:t>
             </a:r>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> = individual value</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>μ = mean</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buChar char="•"/>
               <a:tabLst/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="en-GB" altLang="sr-Latn-RS" sz="1100" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>σ = standard deviation</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="0" fontAlgn="base" latinLnBrk="0" hangingPunct="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="hr-HR" altLang="sr-Latn-RS" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" normalizeH="0" baseline="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Picture 11"/>
           <p:cNvPicPr/>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{BEBA8EAE-BF5A-486C-A8C5-ECC9F3942E4B}">
                 <a14:imgProps xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                   <a14:imgLayer r:embed="rId5">
                     <a14:imgEffect>
@@ -11506,59 +11263,51 @@
         <p:txBody>
           <a:bodyPr vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" anchor="ctr" anchorCtr="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Sampling distributions form the backbone of statistical inference, enabling us to draw conclusions about populations based on sample data. We will delve into the intricacies of sampling distributions, understanding how they reflect the variability of sample statistics and their pivotal role in hypothesis testing.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Sampling distribution refers to the distribution of a statistic, such as the sample mean or sample proportion, obtained from multiple samples of the same size drawn from a population. It provides insights into the </a:t>
-[...7 lines deleted...]
-              <a:t>of sample statistics and their variability across different samples.</a:t>
+              <a:t>Sampling distribution refers to the distribution of a statistic, such as the sample mean or sample proportion, obtained from multiple samples of the same size drawn from a population. It provides insights into the behaviour of sample statistics and their variability across different samples.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="324942775"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -11841,50 +11590,70 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
@@ -12075,164 +11844,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{785816CE-F248-453D-BEEE-8E4EC1B6766F}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{785816CE-F248-453D-BEEE-8E4EC1B6766F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1072</Words>
+  <Words>1983</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>17</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>166</Paragraphs>
+  <Slides>18</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Embedded OLE Servers</vt:lpstr>
+        <vt:lpstr>Osadzone serwery OLE</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>17</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="24" baseType="lpstr">
+    <vt:vector size="25" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Document</vt:lpstr>
-      <vt:lpstr>Statistics for Business Analytics</vt:lpstr>
+      <vt:lpstr>Statistical methods for analysing logistics data</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>The role and importance of statistics in Business Analytics</vt:lpstr>
       <vt:lpstr>Normal Distribution</vt:lpstr>
       <vt:lpstr>Empirical rule</vt:lpstr>
       <vt:lpstr>Formula of the normal curve</vt:lpstr>
       <vt:lpstr>Standard normal distribution</vt:lpstr>
       <vt:lpstr>Finding probability using the z-distribution</vt:lpstr>
       <vt:lpstr>Sampling Distribution</vt:lpstr>
       <vt:lpstr>Central Limit Theorem and Sampling Distribution</vt:lpstr>
       <vt:lpstr>Test statistics</vt:lpstr>
       <vt:lpstr>Types of test statistics</vt:lpstr>
       <vt:lpstr>Standard Error and confidence interval </vt:lpstr>
       <vt:lpstr>Standard Error and confidence interval </vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
-      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Prezentacja programu PowerPoint</vt:lpstr>
+      <vt:lpstr>Authors:  Sanja Bojić, Kristijan Brglez , Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić  Final version: June 2025</vt:lpstr>
       <vt:lpstr>Thank you for your attention</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">