--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -11,100 +11,102 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
   <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="294" r:id="rId8"/>
     <p:sldId id="295" r:id="rId9"/>
     <p:sldId id="296" r:id="rId10"/>
     <p:sldId id="281" r:id="rId11"/>
     <p:sldId id="284" r:id="rId12"/>
     <p:sldId id="297" r:id="rId13"/>
     <p:sldId id="298" r:id="rId14"/>
     <p:sldId id="308" r:id="rId15"/>
     <p:sldId id="299" r:id="rId16"/>
     <p:sldId id="286" r:id="rId17"/>
     <p:sldId id="300" r:id="rId18"/>
     <p:sldId id="301" r:id="rId19"/>
     <p:sldId id="302" r:id="rId20"/>
     <p:sldId id="303" r:id="rId21"/>
     <p:sldId id="304" r:id="rId22"/>
     <p:sldId id="305" r:id="rId23"/>
     <p:sldId id="306" r:id="rId24"/>
     <p:sldId id="307" r:id="rId25"/>
     <p:sldId id="266" r:id="rId26"/>
-    <p:sldId id="263" r:id="rId27"/>
+    <p:sldId id="335" r:id="rId27"/>
+    <p:sldId id="263" r:id="rId28"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -231,73 +233,73 @@
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" v="9" dt="2023-11-15T12:03:04.375"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="106" d="100"/>
-          <a:sy n="106" d="100"/>
+          <a:sx n="112" d="100"/>
+          <a:sy n="112" d="100"/>
         </p:scale>
-        <p:origin x="72" y="160"/>
+        <p:origin x="444" y="90"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}"/>
     <pc:docChg chg="undo custSel addSld delSld modSld sldOrd">
       <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:10:08.203" v="1848" actId="27636"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:30:26.285" v="68" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:29:59.071" v="20" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="2" creationId="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -844,67 +846,67 @@
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:23.535" v="1835" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="821778306" sldId="280"/>
             <ac:spMk id="5" creationId="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="del">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:03:11.894" v="1731" actId="478"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="821778306" sldId="280"/>
             <ac:spMk id="6" creationId="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -1109,80 +1111,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1403,80 +1375,50 @@
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1587,80 +1529,50 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1709,80 +1621,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
@@ -1831,80 +1713,50 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
@@ -2127,160 +1979,151 @@
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+          <p:cNvPr id="4" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA98A445-74CF-50C7-8D59-106B65985536}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Symbol zastępczy stopki 4">
-[...11 lines deleted...]
-          </p:nvPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CFBDA79-CD2C-5FDE-42F1-0B52E6C0D512}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6468532" y="6338357"/>
-            <a:ext cx="4885267" cy="365125"/>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...2 lines deleted...]
-              <a:defRPr sz="600">
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
-              </a:defRPr>
-[...30 lines deleted...]
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
@@ -2554,212 +2397,162 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
-</file>
-[...6 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...52 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
@@ -2844,125 +2637,106 @@
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>the Future-proof </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
@@ -3002,51 +2776,51 @@
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -3172,80 +2946,50 @@
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{762D46D1-33BE-2DE0-8C95-B33C4833D907}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5925440" y="659349"/>
             <a:ext cx="5648456" cy="2183467"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
@@ -5174,50 +4918,253 @@
               <a:t> business data, enabling companies to make informed decisions based on accurate, real-time information.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Authors</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sanja Bojić, Kristijan Brglez , Maja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Fošner</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Roman </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Gumzej</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Rebeka Kovačič Lukman, Benjamin </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marcen</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Marinko </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Maslarić</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Boško </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Matović</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, Dejan </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="4000" b="0" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>Final</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> version: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0" err="1"/>
+              <a:t>June</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6558,56 +6505,58 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Kreiraj novi dokument." ma:contentTypeScope="" ma:versionID="6323b9911ec7b880b3f85e1ebe7472d4">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="2fbbf3d6e8bb1d384c59d7fbcbdc53b2" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -6802,145 +6751,159 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{12685337-7988-4E96-B60F-40B89CE779BF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1303</Words>
+  <Words>1341</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Widescreen</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>23</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>66</Paragraphs>
+  <Slides>24</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Fonts Used</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Theme</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Slide Titles</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>23</vt:i4>
+        <vt:i4>24</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="27" baseType="lpstr">
+    <vt:vector size="28" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Statistical methods for analysing logistics data</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>What is business analytics?</vt:lpstr>
       <vt:lpstr>What is business analytics?</vt:lpstr>
       <vt:lpstr>What is business analytics?</vt:lpstr>
       <vt:lpstr>What is business analytics?</vt:lpstr>
       <vt:lpstr>What is business analytics?</vt:lpstr>
       <vt:lpstr>What is R?</vt:lpstr>
       <vt:lpstr>Instal R and R Studio</vt:lpstr>
       <vt:lpstr>Instal R and R Studio</vt:lpstr>
       <vt:lpstr>Instal R and R Studio</vt:lpstr>
       <vt:lpstr>SQL and how is related to BA and R?</vt:lpstr>
       <vt:lpstr>SQL and how is related to BA and R?</vt:lpstr>
       <vt:lpstr>Querying the SQL database with R</vt:lpstr>
       <vt:lpstr>Querying the SQL database with R</vt:lpstr>
       <vt:lpstr>Querying the SQL database with R</vt:lpstr>
       <vt:lpstr>Querying the SQL database with R</vt:lpstr>
       <vt:lpstr>Rendering the SQL database and making report</vt:lpstr>
       <vt:lpstr>Rendering the SQL database and making report</vt:lpstr>
       <vt:lpstr>Rendering the SQL database and making report</vt:lpstr>
       <vt:lpstr>Rendering the SQL database and making report</vt:lpstr>
       <vt:lpstr>Summary</vt:lpstr>
+      <vt:lpstr>Authors:  Sanja Bojić, Kristijan Brglez , Maja Fošner, Roman Gumzej, Rebeka Kovačič Lukman, Benjamin Marcen, Marinko Maslarić, Boško Matović, Dejan Mirčetić  Final version: June 2025</vt:lpstr>
       <vt:lpstr>Thank you for your attention</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">