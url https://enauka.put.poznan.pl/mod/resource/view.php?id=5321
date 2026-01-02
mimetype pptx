--- v0 (2025-10-01)
+++ v1 (2026-01-02)
@@ -1,123 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/ppt/diagrams/data3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/ppt/diagrams/layout3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/ppt/diagrams/quickStyle3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/ppt/diagrams/colors3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/ppt/diagrams/drawing3.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="272" r:id="rId8"/>
     <p:sldId id="273" r:id="rId9"/>
     <p:sldId id="274" r:id="rId10"/>
     <p:sldId id="267" r:id="rId11"/>
     <p:sldId id="275" r:id="rId12"/>
     <p:sldId id="277" r:id="rId13"/>
     <p:sldId id="276" r:id="rId14"/>
     <p:sldId id="268" r:id="rId15"/>
     <p:sldId id="269" r:id="rId16"/>
     <p:sldId id="278" r:id="rId17"/>
     <p:sldId id="279" r:id="rId18"/>
     <p:sldId id="280" r:id="rId19"/>
     <p:sldId id="270" r:id="rId20"/>
     <p:sldId id="282" r:id="rId21"/>
     <p:sldId id="281" r:id="rId22"/>
     <p:sldId id="266" r:id="rId23"/>
     <p:sldId id="271" r:id="rId24"/>
     <p:sldId id="283" r:id="rId25"/>
-    <p:sldId id="263" r:id="rId26"/>
+    <p:sldId id="335" r:id="rId26"/>
+    <p:sldId id="263" r:id="rId27"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -174,95 +176,106 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="B31366"/>
     <a:srgbClr val="B21366"/>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{FB90C6BA-2FEC-4122-A761-957709A6512B}" v="88" dt="2025-02-27T20:00:52.218"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Styl pośredni 2 — Akcent 1">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
@@ -415,85 +428,85 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="78" d="100"/>
-          <a:sy n="78" d="100"/>
+          <a:sx n="142" d="100"/>
+          <a:sy n="142" d="100"/>
         </p:scale>
-        <p:origin x="-420" y="72"/>
+        <p:origin x="912" y="102"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
     <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{FB90C6BA-2FEC-4122-A761-957709A6512B}"/>
     <pc:docChg chg="custSel modSld">
       <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{FB90C6BA-2FEC-4122-A761-957709A6512B}" dt="2025-02-27T20:03:28.601" v="431" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{FB90C6BA-2FEC-4122-A761-957709A6512B}" dt="2025-02-27T19:53:09.132" v="36" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{FB90C6BA-2FEC-4122-A761-957709A6512B}" dt="2025-02-27T19:53:02.710" v="22" actId="27636"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="2" creationId="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
           </ac:spMkLst>
         </pc:spChg>
@@ -3657,155 +3670,120 @@
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="pl-PL"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" type="pres">
       <dgm:prSet presAssocID="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}" type="pres">
       <dgm:prSet presAssocID="{5F352921-D9CD-47A8-8125-985715B1ECEF}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{0BC1CBA0-6BF7-4862-8E3B-BF7CC3744A71}" type="pres">
       <dgm:prSet presAssocID="{41CF4CDC-8C85-4E96-80C3-1F6D0C2DD261}" presName="parTxOnlySpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{BAE6392C-C537-4D5E-938F-6CB9A1175622}" type="pres">
       <dgm:prSet presAssocID="{82316DBE-C694-42FA-AD53-391C9AA71548}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="1" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{F4635C7F-0B4D-4F3A-9BC3-441D7925AA01}" type="pres">
       <dgm:prSet presAssocID="{DF23F231-5BC0-42AD-AC27-C59B538CA0C2}" presName="parTxOnlySpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{7C6B8B7C-14D5-4702-8A5E-C67C55528640}" type="pres">
       <dgm:prSet presAssocID="{351006AC-B1B4-4520-A848-0DBE85678BF8}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="2" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{FFFD0239-7938-463A-9823-EC1F5F515256}" type="pres">
       <dgm:prSet presAssocID="{6DA7743D-5E2E-412C-8E31-E5AB73E9E915}" presName="parTxOnlySpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{D05BD4BF-1D00-472C-995B-FA213F03840A}" type="pres">
       <dgm:prSet presAssocID="{5328AEDD-4CA5-4AB9-89BF-C27A3651804D}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="3" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{0DAB60D9-69FD-45DE-B009-BC138BA54EFE}" type="pres">
       <dgm:prSet presAssocID="{75CAB8BA-FDC1-462F-B9CF-1C40530D3201}" presName="parTxOnlySpace" presStyleCnt="0"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{47EA82B3-3DB6-4395-90CC-0EAF0CF06B51}" type="pres">
       <dgm:prSet presAssocID="{81695652-E9FE-4D8E-BB10-CCEC436A9AB6}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="4" presStyleCnt="5">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
+    <dgm:cxn modelId="{EDAF9B47-08AC-4EC6-8174-E04B3E633C5B}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{5328AEDD-4CA5-4AB9-89BF-C27A3651804D}" srcOrd="3" destOrd="0" parTransId="{BC740327-8950-47A9-A5AD-36F521825B38}" sibTransId="{75CAB8BA-FDC1-462F-B9CF-1C40530D3201}"/>
+    <dgm:cxn modelId="{BCE5104A-4C59-404D-84EB-9C1E691E91C2}" type="presOf" srcId="{82316DBE-C694-42FA-AD53-391C9AA71548}" destId="{BAE6392C-C537-4D5E-938F-6CB9A1175622}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{8593644D-667A-49CD-A7F7-0BF3B1CA6FAB}" type="presOf" srcId="{5328AEDD-4CA5-4AB9-89BF-C27A3651804D}" destId="{D05BD4BF-1D00-472C-995B-FA213F03840A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{51D32172-A219-44EA-A306-FAE519462B65}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{82316DBE-C694-42FA-AD53-391C9AA71548}" srcOrd="1" destOrd="0" parTransId="{B4A2B770-540D-460C-AF09-C24AC2DA0CF5}" sibTransId="{DF23F231-5BC0-42AD-AC27-C59B538CA0C2}"/>
+    <dgm:cxn modelId="{3705D676-BB91-44BA-A269-4C278ADB9C46}" type="presOf" srcId="{351006AC-B1B4-4520-A848-0DBE85678BF8}" destId="{7C6B8B7C-14D5-4702-8A5E-C67C55528640}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{1F49847B-15E1-4AC2-B471-9FC09589D6D2}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{5F352921-D9CD-47A8-8125-985715B1ECEF}" srcOrd="0" destOrd="0" parTransId="{745E887B-2895-4849-9BD0-ECB1B55A01FA}" sibTransId="{41CF4CDC-8C85-4E96-80C3-1F6D0C2DD261}"/>
+    <dgm:cxn modelId="{50B6D98A-4A2D-4163-9ABD-CB292E7A0BF4}" type="presOf" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{CAA5569A-AA6C-4A49-B778-B59D133ED6BE}" type="presOf" srcId="{81695652-E9FE-4D8E-BB10-CCEC436A9AB6}" destId="{47EA82B3-3DB6-4395-90CC-0EAF0CF06B51}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
-    <dgm:cxn modelId="{3705D676-BB91-44BA-A269-4C278ADB9C46}" type="presOf" srcId="{351006AC-B1B4-4520-A848-0DBE85678BF8}" destId="{7C6B8B7C-14D5-4702-8A5E-C67C55528640}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
+    <dgm:cxn modelId="{F023B2B4-D268-48C1-85F1-3DA9537FF97E}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{351006AC-B1B4-4520-A848-0DBE85678BF8}" srcOrd="2" destOrd="0" parTransId="{DA4E509E-F9BC-4182-BC15-A24F56CD9ABF}" sibTransId="{6DA7743D-5E2E-412C-8E31-E5AB73E9E915}"/>
     <dgm:cxn modelId="{85B4EDBF-C789-4061-B2FB-DA20A959CA49}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{81695652-E9FE-4D8E-BB10-CCEC436A9AB6}" srcOrd="4" destOrd="0" parTransId="{30287CB4-9F01-4C9F-9B45-2632F1C71FD0}" sibTransId="{77B2507B-AF8B-49C6-BE47-79FD2C7D96B0}"/>
-    <dgm:cxn modelId="{1F49847B-15E1-4AC2-B471-9FC09589D6D2}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{5F352921-D9CD-47A8-8125-985715B1ECEF}" srcOrd="0" destOrd="0" parTransId="{745E887B-2895-4849-9BD0-ECB1B55A01FA}" sibTransId="{41CF4CDC-8C85-4E96-80C3-1F6D0C2DD261}"/>
-[...2 lines deleted...]
-    <dgm:cxn modelId="{EDAF9B47-08AC-4EC6-8174-E04B3E633C5B}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{5328AEDD-4CA5-4AB9-89BF-C27A3651804D}" srcOrd="3" destOrd="0" parTransId="{BC740327-8950-47A9-A5AD-36F521825B38}" sibTransId="{75CAB8BA-FDC1-462F-B9CF-1C40530D3201}"/>
     <dgm:cxn modelId="{A2067DD8-DDAB-41B4-8CF7-D720BE338DDF}" type="presOf" srcId="{5F352921-D9CD-47A8-8125-985715B1ECEF}" destId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
-    <dgm:cxn modelId="{8593644D-667A-49CD-A7F7-0BF3B1CA6FAB}" type="presOf" srcId="{5328AEDD-4CA5-4AB9-89BF-C27A3651804D}" destId="{D05BD4BF-1D00-472C-995B-FA213F03840A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
-[...1 lines deleted...]
-    <dgm:cxn modelId="{51D32172-A219-44EA-A306-FAE519462B65}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{82316DBE-C694-42FA-AD53-391C9AA71548}" srcOrd="1" destOrd="0" parTransId="{B4A2B770-540D-460C-AF09-C24AC2DA0CF5}" sibTransId="{DF23F231-5BC0-42AD-AC27-C59B538CA0C2}"/>
     <dgm:cxn modelId="{A9C92801-BFB7-41ED-ABE6-719E5FF346F5}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{B8A50852-8EE5-4765-8CD7-F90679C88687}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{0BC1CBA0-6BF7-4862-8E3B-BF7CC3744A71}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{BC6DCF7E-FBB5-40DF-AA40-69FC95940198}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{BAE6392C-C537-4D5E-938F-6CB9A1175622}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{C1CF044D-34B6-40B3-96AE-3429468AEE2A}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{F4635C7F-0B4D-4F3A-9BC3-441D7925AA01}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{38BEFC4A-9A29-421E-91D0-2982232E6133}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{7C6B8B7C-14D5-4702-8A5E-C67C55528640}" srcOrd="4" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{E8337A68-D1C3-4CAA-92E5-734FA5254CD3}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{FFFD0239-7938-463A-9823-EC1F5F515256}" srcOrd="5" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{5F16F871-97EC-4C2C-8A7D-58A691B836EF}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{D05BD4BF-1D00-472C-995B-FA213F03840A}" srcOrd="6" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{88C77ED7-4646-4610-B68F-4B8112A3878C}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{0DAB60D9-69FD-45DE-B009-BC138BA54EFE}" srcOrd="7" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{1B03A49C-F34D-4781-B8EE-23DBA1D7260D}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{47EA82B3-3DB6-4395-90CC-0EAF0CF06B51}" srcOrd="8" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId6" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent2_2" csCatId="accent2" phldr="1"/>
@@ -3844,63 +3822,56 @@
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="pl-PL"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" type="pres">
       <dgm:prSet presAssocID="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}" type="pres">
       <dgm:prSet presAssocID="{5F352921-D9CD-47A8-8125-985715B1ECEF}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="1" custLinFactX="51234" custLinFactY="-100000" custLinFactNeighborX="100000" custLinFactNeighborY="-105432">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
+    <dgm:cxn modelId="{1F49847B-15E1-4AC2-B471-9FC09589D6D2}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{5F352921-D9CD-47A8-8125-985715B1ECEF}" srcOrd="0" destOrd="0" parTransId="{745E887B-2895-4849-9BD0-ECB1B55A01FA}" sibTransId="{41CF4CDC-8C85-4E96-80C3-1F6D0C2DD261}"/>
     <dgm:cxn modelId="{50B6D98A-4A2D-4163-9ABD-CB292E7A0BF4}" type="presOf" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{A2067DD8-DDAB-41B4-8CF7-D720BE338DDF}" type="presOf" srcId="{5F352921-D9CD-47A8-8125-985715B1ECEF}" destId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
-    <dgm:cxn modelId="{1F49847B-15E1-4AC2-B471-9FC09589D6D2}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{5F352921-D9CD-47A8-8125-985715B1ECEF}" srcOrd="0" destOrd="0" parTransId="{745E887B-2895-4849-9BD0-ECB1B55A01FA}" sibTransId="{41CF4CDC-8C85-4E96-80C3-1F6D0C2DD261}"/>
     <dgm:cxn modelId="{A9C92801-BFB7-41ED-ABE6-719E5FF346F5}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId11" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/data3.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1" loCatId="process" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent6_2" csCatId="accent6" phldr="1"/>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{5F352921-D9CD-47A8-8125-985715B1ECEF}">
       <dgm:prSet phldrT="[Tekst]" custT="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:lstStyle/>
@@ -3931,63 +3902,56 @@
         <a:lstStyle/>
         <a:p>
           <a:endParaRPr lang="pl-PL"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" type="pres">
       <dgm:prSet presAssocID="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" presName="Name0" presStyleCnt="0">
         <dgm:presLayoutVars>
           <dgm:dir/>
           <dgm:animLvl val="lvl"/>
           <dgm:resizeHandles val="exact"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
     </dgm:pt>
     <dgm:pt modelId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}" type="pres">
       <dgm:prSet presAssocID="{5F352921-D9CD-47A8-8125-985715B1ECEF}" presName="parTxOnly" presStyleLbl="node1" presStyleIdx="0" presStyleCnt="1" custLinFactNeighborX="-49" custLinFactNeighborY="-1262">
         <dgm:presLayoutVars>
           <dgm:chMax val="0"/>
           <dgm:chPref val="0"/>
           <dgm:bulletEnabled val="1"/>
         </dgm:presLayoutVars>
       </dgm:prSet>
       <dgm:spPr/>
-      <dgm:t>
-[...5 lines deleted...]
-      </dgm:t>
     </dgm:pt>
   </dgm:ptLst>
   <dgm:cxnLst>
+    <dgm:cxn modelId="{1F49847B-15E1-4AC2-B471-9FC09589D6D2}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{5F352921-D9CD-47A8-8125-985715B1ECEF}" srcOrd="0" destOrd="0" parTransId="{745E887B-2895-4849-9BD0-ECB1B55A01FA}" sibTransId="{41CF4CDC-8C85-4E96-80C3-1F6D0C2DD261}"/>
     <dgm:cxn modelId="{50B6D98A-4A2D-4163-9ABD-CB292E7A0BF4}" type="presOf" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
     <dgm:cxn modelId="{A2067DD8-DDAB-41B4-8CF7-D720BE338DDF}" type="presOf" srcId="{5F352921-D9CD-47A8-8125-985715B1ECEF}" destId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
-    <dgm:cxn modelId="{1F49847B-15E1-4AC2-B471-9FC09589D6D2}" srcId="{1D0F1AC1-D7D0-4554-9EDC-99FD29818DB7}" destId="{5F352921-D9CD-47A8-8125-985715B1ECEF}" srcOrd="0" destOrd="0" parTransId="{745E887B-2895-4849-9BD0-ECB1B55A01FA}" sibTransId="{41CF4CDC-8C85-4E96-80C3-1F6D0C2DD261}"/>
     <dgm:cxn modelId="{A9C92801-BFB7-41ED-ABE6-719E5FF346F5}" type="presParOf" srcId="{E0C7F82B-677C-4315-8FEC-D68E03462154}" destId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1"/>
   </dgm:cxnLst>
   <dgm:bg>
     <a:noFill/>
   </dgm:bg>
   <dgm:whole/>
   <dgm:extLst>
     <a:ext uri="http://schemas.microsoft.com/office/drawing/2008/diagram">
       <dsp:dataModelExt xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" relId="rId16" minVer="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
     </a:ext>
   </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=ppt/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
@@ -4021,60 +3985,61 @@
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="48006" tIns="16002" rIns="16002" bIns="16002" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="533400">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="hr-HR" sz="1200" kern="1200" dirty="0"/>
             <a:t>planiranje materijalnih potreba </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pl-PL" sz="1200" kern="1200" dirty="0"/>
             <a:t>(MRP) </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="355203" y="2356114"/>
         <a:ext cx="1059656" cy="706437"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{BAE6392C-C537-4D5E-938F-6CB9A1175622}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="1591468" y="2356114"/>
           <a:ext cx="1766093" cy="706437"/>
@@ -4102,60 +4067,61 @@
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="48006" tIns="16002" rIns="16002" bIns="16002" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="533400">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="hr-HR" sz="1200" kern="1200" dirty="0"/>
             <a:t>planiranje resursa distribucije </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pl-PL" sz="1200" kern="1200" dirty="0"/>
             <a:t>(DRP) </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="1944687" y="2356114"/>
         <a:ext cx="1059656" cy="706437"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{7C6B8B7C-14D5-4702-8A5E-C67C55528640}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="3180953" y="2356114"/>
           <a:ext cx="1766093" cy="706437"/>
@@ -4183,60 +4149,61 @@
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="48006" tIns="16002" rIns="16002" bIns="16002" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="533400">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="hr-HR" sz="1200" kern="1200" dirty="0"/>
             <a:t>planiranje resursa poduzeća </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pl-PL" sz="1200" kern="1200" dirty="0"/>
             <a:t>(ERP)</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="3534172" y="2356114"/>
         <a:ext cx="1059656" cy="706437"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{D05BD4BF-1D00-472C-995B-FA213F03840A}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="4770437" y="2356114"/>
           <a:ext cx="1766093" cy="706437"/>
@@ -4264,60 +4231,61 @@
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="48006" tIns="16002" rIns="16002" bIns="16002" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="533400">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="hr-HR" sz="1200" kern="1200" dirty="0"/>
             <a:t>sustavi za upravljanje transportom </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pl-PL" sz="1200" kern="1200" dirty="0"/>
             <a:t>(TMS) </a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="5123656" y="2356114"/>
         <a:ext cx="1059656" cy="706437"/>
       </dsp:txXfrm>
     </dsp:sp>
     <dsp:sp modelId="{47EA82B3-3DB6-4395-90CC-0EAF0CF06B51}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="0" name=""/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr>
         <a:xfrm>
           <a:off x="6359921" y="2356114"/>
           <a:ext cx="1766093" cy="706437"/>
@@ -4345,60 +4313,61 @@
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="48006" tIns="16002" rIns="16002" bIns="16002" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="533400">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="hr-HR" sz="1200" kern="1200" dirty="0"/>
             <a:t>sustavi za upravljanje skladištem </a:t>
           </a:r>
           <a:r>
             <a:rPr lang="pl-PL" sz="1200" kern="1200" dirty="0"/>
             <a:t>(WMS)</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="6713140" y="2356114"/>
         <a:ext cx="1059656" cy="706437"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
@@ -4438,60 +4407,61 @@
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="48006" tIns="16002" rIns="16002" bIns="16002" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="533400">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="pl-PL" sz="1200" kern="1200" dirty="0"/>
             <a:t>Elektronička tržišta (EM)</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="358551" y="0"/>
         <a:ext cx="2732957" cy="710371"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="0" name=""/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr/>
     <dsp:sp modelId="{F4B53497-765C-439E-9F62-FD7BE7137BF9}">
@@ -4527,60 +4497,61 @@
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:effectLst/>
       </dsp:spPr>
       <dsp:style>
         <a:lnRef idx="2">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </dsp:style>
       <dsp:txBody>
         <a:bodyPr spcFirstLastPara="0" vert="horz" wrap="square" lIns="48006" tIns="16002" rIns="16002" bIns="16002" numCol="1" spcCol="1270" anchor="ctr" anchorCtr="0">
           <a:noAutofit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
-          <a:pPr lvl="0" algn="ctr" defTabSz="533400">
+          <a:pPr marL="0" lvl="0" indent="0" algn="ctr" defTabSz="533400">
             <a:lnSpc>
               <a:spcPct val="90000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPct val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPct val="35000"/>
             </a:spcAft>
+            <a:buNone/>
           </a:pPr>
           <a:r>
             <a:rPr lang="pl-PL" sz="1200" kern="1200" dirty="0"/>
             <a:t>Sustavi za potporu odlučivanju (DSS)</a:t>
           </a:r>
         </a:p>
       </dsp:txBody>
       <dsp:txXfrm>
         <a:off x="355186" y="0"/>
         <a:ext cx="3349660" cy="710371"/>
       </dsp:txXfrm>
     </dsp:sp>
   </dsp:spTree>
 </dsp:drawing>
 </file>
 
 <file path=ppt/diagrams/layout1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:layoutDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/layout/chevron1">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="process" pri="9000"/>
   </dgm:catLst>
   <dgm:sampData useDef="1">
     <dgm:dataModel>
@@ -8505,138 +8476,138 @@
   </dgm:styleLbl>
   <dgm:styleLbl name="revTx">
     <dgm:scene3d>
       <a:camera prst="orthographicFront"/>
       <a:lightRig rig="threePt" dir="t"/>
     </dgm:scene3d>
     <dgm:sp3d/>
     <dgm:txPr/>
     <dgm:style>
       <a:lnRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:lnRef>
       <a:fillRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:fillRef>
       <a:effectRef idx="0">
         <a:scrgbClr r="0" g="0" b="0"/>
       </a:effectRef>
       <a:fontRef idx="minor"/>
     </dgm:style>
   </dgm:styleLbl>
 </dgm:styleDef>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="4800">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
@@ -8669,250 +8640,220 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041399" y="6159042"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1874672" y="262905"/>
             <a:ext cx="9390352" cy="836261"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
@@ -8925,317 +8866,287 @@
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="837168" y="6352531"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5249333" y="4114000"/>
             <a:ext cx="4967366" cy="943069"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
@@ -9248,407 +9159,317 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -9671,280 +9492,526 @@
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6F9AF42-BB1D-BCF4-2F3A-5DED08160113}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8202507" y="6200486"/>
+            <a:ext cx="3441108" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Obraz 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{82AB3A0C-7DB9-CBE1-63E8-D9CFC2D760D7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11471275" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -10215,160 +10282,164 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="../diagrams/layout1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="../diagrams/data1.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing1.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="../diagrams/drawing2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="../diagrams/colors2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="../diagrams/quickStyle3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7213600" y="5952067"/>
             <a:ext cx="4967366" cy="849135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -10378,116 +10449,116 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="345175"/>
             <a:ext cx="4967366" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="90000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" b="1" dirty="0"/>
               <a:t>POSLOVNA INTELIGENCIJA</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411916" y="5378273"/>
             <a:ext cx="4792133" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" b="1" dirty="0">
@@ -10511,170 +10582,109 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
-            <a:r>
-[...12 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
@@ -10698,51 +10708,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>number</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -10756,51 +10766,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4400" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>E-Logistika </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="4075044"/>
             <a:ext cx="4967366" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -10814,87 +10824,87 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Predavanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169333" y="93133"/>
             <a:ext cx="1625600" cy="1600200"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY0" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX1" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY1" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX2" fmla="*/ 448734 w 1625600"/>
               <a:gd name="connsiteY2" fmla="*/ 25400 h 1600200"/>
               <a:gd name="connsiteX3" fmla="*/ 567267 w 1625600"/>
               <a:gd name="connsiteY3" fmla="*/ 0 h 1600200"/>
               <a:gd name="connsiteX4" fmla="*/ 1625600 w 1625600"/>
               <a:gd name="connsiteY4" fmla="*/ 135467 h 1600200"/>
               <a:gd name="connsiteX5" fmla="*/ 1447800 w 1625600"/>
@@ -10996,142 +11006,142 @@
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Obraz 14">
+          <p:cNvPr id="6" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DBE8678-CA36-6BF9-198B-FD223CAA0C04}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="5851938"/>
-            <a:ext cx="5207495" cy="671935"/>
+            <a:off x="8266116" y="6037065"/>
+            <a:ext cx="3884235" cy="820935"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Definicija e-logistike</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2872933" y="5648387"/>
             <a:ext cx="3344334" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -11309,95 +11319,95 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Song &amp; Hou, 2004]</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="pole tekstowe 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9230A8C4-688D-11BF-CF71-8F875449FF8D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9230A8C4-688D-11BF-CF71-8F875449FF8D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1272490" y="1823852"/>
             <a:ext cx="7082615" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Osnovne razlike između tradicionalne i e-logistike</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B39FAF48-3DBD-6014-12B8-72EC8A4CBC47}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B39FAF48-3DBD-6014-12B8-72EC8A4CBC47}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7781113" y="2312603"/>
             <a:ext cx="4267450" cy="1338828"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" lvl="1" indent="-228600" algn="just">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -11518,67 +11528,67 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>putem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>elektron</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ske</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>komunikacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>. U </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
@@ -11650,94 +11660,94 @@
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>tradicionalnoj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> logistici.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="2" name="Table 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B50B8E29-DEC1-DB59-17C3-8C35A31274F2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B50B8E29-DEC1-DB59-17C3-8C35A31274F2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2756951797"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="541538" y="2618874"/>
           <a:ext cx="7053144" cy="2926080"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" firstCol="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1871862">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="4221120872"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4221120872"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2537326">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="935003618"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="935003618"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="2643956">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3366858974"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3366858974"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="231140">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1600" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Opseg</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
@@ -11788,51 +11798,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1600" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>E-logistika</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="885693654"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="885693654"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Vrsta pošiljke</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
@@ -11882,51 +11892,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Pojedinačni paketi</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2370629030"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2370629030"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Kupac</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
@@ -11976,51 +11986,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Nepoznat</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3434362824"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3434362824"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Usluga kupcima</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
@@ -12070,51 +12080,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Responzivna, fleksibilna</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="659519824"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="659519824"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Distribucijski model</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
@@ -12164,51 +12174,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>„povlačenje“ na temelju potražnje</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="157935494"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="157935494"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Zalihe/tok narudžbi</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
@@ -12258,51 +12268,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Dvosmjerno</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1475794230"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1475794230"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Destinacije</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
@@ -12352,51 +12362,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Visoko disperzirane</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="786071310"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="786071310"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Potražnja</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
@@ -12446,51 +12456,51 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Sezonalna, fragmentirana</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3754775568"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3754775568"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="0">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="just">
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Narudžbe</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100">
                         <a:effectLst/>
@@ -12540,122 +12550,122 @@
                         <a:lnSpc>
                           <a:spcPct val="150000"/>
                         </a:lnSpc>
                         <a:spcAft>
                           <a:spcPts val="600"/>
                         </a:spcAft>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" sz="1400" kern="100" dirty="0">
                           <a:effectLst/>
                         </a:rPr>
                         <a:t>Varijabilne</a:t>
                       </a:r>
                       <a:endParaRPr lang="hr-HR" sz="2000" kern="100" dirty="0">
                         <a:effectLst/>
                         <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                         <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                         <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                       </a:endParaRPr>
                     </a:p>
                   </a:txBody>
                   <a:tcPr marL="68580" marR="68580" marT="0" marB="0"/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2534595669"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2534595669"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3962477419"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Razvoj e-logistike</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -12833,190 +12843,158 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Wang, 2016]</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="7" name="Diagram 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{035CBA2F-8786-CE95-AC60-1CADBC2638C1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{035CBA2F-8786-CE95-AC60-1CADBC2638C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1920094907"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="2032000" y="-741579"/>
           <a:ext cx="8128000" cy="5418667"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId2" r:lo="rId3" r:qs="rId4" r:cs="rId5"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="pole tekstowe 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3F48CA9A-991A-764C-BD0F-C286B512CE4D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F48CA9A-991A-764C-BD0F-C286B512CE4D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2353120" y="2857060"/>
             <a:ext cx="2696710" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0"/>
-              <a:t>Stvoreni su prvi informatički </a:t>
-[...23 lines deleted...]
-              <a:t>počeli razvijati 1960-ih.</a:t>
+              <a:t>Stvoreni su prvi informatički sistemi koji podržavaju upravljanje protokom materijala, planiranje potreba za materijalom (MRP) i sisteme za planiranje resursa distribucije (DRP). Ti su se sistemi počeli razvijati 1960-ih.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{228C9593-8B64-E937-6C39-9B9564E3DA29}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{228C9593-8B64-E937-6C39-9B9564E3DA29}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5188209" y="2857060"/>
             <a:ext cx="1986790" cy="1384995"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr>
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>Razvoj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t> ERP </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:t> ERP s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>istema</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>a </a:t>
+              <a:t>, a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>posebno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>koncentracija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
@@ -13044,424 +13022,372 @@
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>omogućili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>stvaranje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>za </a:t>
+              <a:t>a za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>podršku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1"/>
               <a:t>odlučivanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t> (DSS)</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="pole tekstowe 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C36273C-9ADC-F108-260D-ACF4906DEBD5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C36273C-9ADC-F108-260D-ACF4906DEBD5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7337069" y="2846083"/>
             <a:ext cx="2501811" cy="1015663"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr>
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>Razvijeni su </a:t>
-[...23 lines deleted...]
-              <a:t>za upravljanje skladištem (WMS).</a:t>
+              <a:t>Razvijeni su sistemi posvećeni pojedinim logističkim funkcijama: sistemi za upravljanje transportom (TMS) i sistemi za upravljanje skladištem (WMS).</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="11" name="Diagram 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4718A8B1-7ABB-E5E7-AF7F-44501A7279FD}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4718A8B1-7ABB-E5E7-AF7F-44501A7279FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2331337126"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6884514" y="5237138"/>
           <a:ext cx="3446694" cy="710371"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId7" r:lo="rId8" r:qs="rId9" r:cs="rId10"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="12" name="Diagram 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BF09AE27-7BA7-87F7-2B66-AAF7B1BD1ADB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF09AE27-7BA7-87F7-2B66-AAF7B1BD1ADB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr/>
           <p:nvPr>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3647544657"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="6267208" y="4089625"/>
           <a:ext cx="4064000" cy="710371"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
             <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId12" r:lo="rId13" r:qs="rId14" r:cs="rId15"/>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Nawias klamrowy otwierający 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A553BEE0-6DC2-7E5F-645F-6F9A79EA0A2C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A553BEE0-6DC2-7E5F-645F-6F9A79EA0A2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="3338835" y="1131478"/>
             <a:ext cx="348587" cy="2961344"/>
           </a:xfrm>
           <a:prstGeom prst="leftBrace">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Nawias klamrowy otwierający 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76B40681-B556-3792-8C83-7A619B7F8D2C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76B40681-B556-3792-8C83-7A619B7F8D2C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="8229317" y="1148975"/>
             <a:ext cx="348587" cy="2961344"/>
           </a:xfrm>
           <a:prstGeom prst="leftBrace">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="pole tekstowe 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{87DE2F81-49CC-6FE8-3865-5EF333B762C2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87DE2F81-49CC-6FE8-3865-5EF333B762C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3688432" y="5088738"/>
             <a:ext cx="2792800" cy="1200329"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr>
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>Stvaranje platformi koje povezuju poduzeća </a:t>
-[...19 lines deleted...]
-              <a:t>za logistiku</a:t>
+              <a:t>Stvaranje platformi koje povezuju poduzeća direktno s kupcima (i druge konfiguracije predstavljene u pododjeljku o e-poslovanju) omogućile su stvaranje novih poslovnih modela, a time i zahteva za logistiku</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2094121528"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Suvremene tehnologije koje podržavaju e-logistiku</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="2070847"/>
             <a:ext cx="10515600" cy="4106116"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
@@ -13498,60 +13424,56 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>dodatne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>mogućnosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>proširenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>rešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>i </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>usluga</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> se nude </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>unutar</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> e-</a:t>
             </a:r>
@@ -13655,143 +13577,139 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>senzori</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> (IoT)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Generativna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>veštačka</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>inteligencija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> (AI)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="80237888"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{381127B6-232A-0D05-3374-42A47A247B5E}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{381127B6-232A-0D05-3374-42A47A247B5E}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0FDD3E4F-FFC7-2EBF-2A91-E070A36B1646}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FDD3E4F-FFC7-2EBF-2A91-E070A36B1646}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>tehnologije koje podržavaju e-logistiku</a:t>
+              <a:t>Savremene tehnologije koje podržavaju e-logistiku</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4311ABE-D46D-997D-0337-B31213502198}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4311ABE-D46D-997D-0337-B31213502198}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -13969,295 +13887,283 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Dutta et al., 2020], [Aritua et al., 2021]. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2" descr="Blockchain, Dane, Wpis, Bloki">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{B0172D95-F915-794D-20F5-35584EC35FC6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0172D95-F915-794D-20F5-35584EC35FC6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="6795247" y="1565651"/>
             <a:ext cx="5396753" cy="3564365"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0469559-F7D9-E49F-A326-6FBEDFE6C19C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0469559-F7D9-E49F-A326-6FBEDFE6C19C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1637366"/>
             <a:ext cx="6934200" cy="4126940"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>Blockchain je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>distribuirani</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>sistem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>baze</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>između</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>svih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>učesnik</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>u </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>a u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>istoj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>mreži</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Ovaj</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> b</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>el</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>eži</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>i </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>pohranjuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podatke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>obliku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>povezanih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>blokova</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>kreiraju </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>zbirku</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>zapisa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. Oni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>trajni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -14337,110 +14243,109 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>bilo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>kakvih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>izmena</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Međutim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>moguće</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>dodati</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>pročitati</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>snim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>ak</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>Blockchain </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>tehnologija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>omogućuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
@@ -14453,300 +14358,284 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>različitih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>transakcija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>duž</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>celog</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>lanca</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t> snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>siguran</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> i sled</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>lj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>ivi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>način</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Dokument</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
+              <a:t>ovane </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>transakcije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...16 lines deleted...]
-              <a:t>način</a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>podaci</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>nepovratno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>pohranjuju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> u blockchain i ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>koristiti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>čitati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> bez </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>konsenzusa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
-[...28 lines deleted...]
-              <a:t>nepovratno</a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>Svaki</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> put </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>kada</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
-              <a:t>pohranjuju</a:t>
-[...7 lines deleted...]
-              <a:t>mogu</a:t>
+              <a:t>pošiljka</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>prevozi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>rukuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
+              <a:t>transakcija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
-              <a:t>koristiti</a:t>
-[...86 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>može</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>dokument</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>ovat</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>, </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>i, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>stvarajući</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>trajnu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istoriju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>od </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> od </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>proizvođača</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> do </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>trgovca</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -14757,151 +14646,151 @@
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2639889974"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8BF20292-6DC4-815C-ABBA-178250CB8E88}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BF20292-6DC4-815C-ABBA-178250CB8E88}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{94634376-1E19-6E63-5F41-320A54F3ED45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94634376-1E19-6E63-5F41-320A54F3ED45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Suvremene tehnologije koje podržavaju e-logistiku</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8FDBA8C0-3FF1-4FC7-49A9-5828D8FD1CC9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FDBA8C0-3FF1-4FC7-49A9-5828D8FD1CC9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="820271" y="1882804"/>
             <a:ext cx="6763871" cy="3580093"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>Internet </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>stvari</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> (IoT) </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>avaju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> e-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>računalnim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>uređajima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> da </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>međusobno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>komuniciraju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. </a:t>
@@ -15005,146 +14894,134 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>infrastrukture</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>omogućuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>prenos</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t> do </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> do s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istema</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>koji </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> koji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>analiziraju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>prikupljene</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podatke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>IoT</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>rešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>često</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>kombin</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>uju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>s RFID (</a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> s RFID (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>radiofrekventna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>identifikacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>senzorima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
@@ -15191,55 +15068,55 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>tereta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>već</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>prenos</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>tih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> do </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>bilo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -15247,261 +15124,233 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>kojeg</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>korisnika</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>IoT</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>rešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>mogu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>izraditi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>dve</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>varijante</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>Internet-centric – </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>glavni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t> element </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:t> element s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>usluge</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t> se nude u </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:t> se nude u r</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>ačunarstvu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>u </a:t>
+              <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>oblaku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>, a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>objekti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>istema</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>pružatelji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>Object-centric – </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>rešenje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>u </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>kojem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>je </a:t>
+              <a:t> je </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>središnja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:t> t</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>čka</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>mreže</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>objekt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>kojim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> se </a:t>
@@ -15557,51 +15406,51 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>preko</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>Interneta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1050" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AE567443-09BC-84E5-516E-DB65ACE45D3F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE567443-09BC-84E5-516E-DB65ACE45D3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -15779,51 +15628,51 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Minerva, 2015], [Idrissi et al., 2022] </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2050" name="Picture 2" descr="Mediów Społecznych, Społeczny, Marketing">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F9F65DCD-2E61-D657-993B-B34C8D680159}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9F65DCD-2E61-D657-993B-B34C8D680159}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="7494494" y="2048612"/>
             <a:ext cx="4697506" cy="3134118"/>
@@ -15842,108 +15691,104 @@
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="330791256"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D103008D-345C-7476-5D96-C5AD4CCC466B}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D103008D-345C-7476-5D96-C5AD4CCC466B}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AD90D516-79C9-D0EC-DEA4-99BC203E57FB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD90D516-79C9-D0EC-DEA4-99BC203E57FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="6199593" cy="1116542"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>tehnologije koje podržavaju e-logistiku</a:t>
+              <a:t>Savremene tehnologije koje podržavaju e-logistiku</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{208E4D7C-44F2-A357-7C0A-922AC4A4D70A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{208E4D7C-44F2-A357-7C0A-922AC4A4D70A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="7194176" cy="3813175"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>AI je </a:t>
@@ -15967,296 +15812,284 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ljudske</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>inteligencije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>pomoću</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>mašin</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...7 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>a i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>računa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>rskih </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istema</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Generi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>sanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>pomoću</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> veštačke</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>inteligencije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>odvija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> se u tri </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koraka</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>učenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>st</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0"/>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>canje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>informacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>njihova</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>pravila</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>koriš</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0"/>
               <a:t>ć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>enja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>obrazloženje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> - </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>koriš</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1400" dirty="0"/>
               <a:t>ć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>enje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>pravila</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>zaključivanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t>;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1"/>
               <a:t>samoispravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>AI </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>aplikacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>ava </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istemu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>da </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> da </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>daje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>precizne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>indikacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -16268,163 +16101,147 @@
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>operateru</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>svaku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>narudžbu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>. </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t>. S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>to </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> to </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>može</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>učiniti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>kroz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>učenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>temeljeno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istorij</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>. To </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>i. To </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>pomaže</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>postizanju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>maksimalne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>efikasnost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>, </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>i, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>posebno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>skladištima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -16451,51 +16268,51 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>što</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> je e-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>trgovina</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{29CB44A1-AAA0-16DA-192D-CCC52D613FD0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29CB44A1-AAA0-16DA-192D-CCC52D613FD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -16673,51 +16490,51 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Samoili et al., 2020]; [Dash et al., 2019]. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Obraz 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3CFF22D5-FDDE-D947-630B-BF5E85BF070A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3CFF22D5-FDDE-D947-630B-BF5E85BF070A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8032376" y="0"/>
             <a:ext cx="4159624" cy="6073588"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -16733,264 +16550,244 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>E-logistika u praksi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="936812" y="1846794"/>
             <a:ext cx="6835588" cy="3505135"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Praktična</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> e-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>logistička</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>r</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>nude </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> nude </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>gotovo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>svi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>logistički</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>operateri</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>, a </a:t>
-[...7 lines deleted...]
-              <a:t>bn</a:t>
+              <a:t>, a pose</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
-              <a:t>o</a:t>
-[...7 lines deleted...]
-              <a:t>oni </a:t>
+              <a:t>bno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> oni </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>deluju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>globalnom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>tržištu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>Savrše</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>n primer </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>rešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koriš</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>ć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>enih</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>u e-logistici </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t> u e-logistici </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ona</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -17037,100 +16834,92 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>operater</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>svojim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>korisnicima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>omogu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>ćava</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>direktnu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>vezu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>sa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>istemim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>za </a:t>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>a za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>upravljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>transportom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>skladištenjem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
@@ -17169,55 +16958,55 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>nesmetan</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>pristup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podacima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> o </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>implementaciji</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>logističkih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>procesa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ovog</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -17233,51 +17022,51 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>stvarnom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>vremenu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6105084"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -17455,401 +17244,232 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [https://www.dachser.pl/pl/elogistics-116]</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Obraz 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{71BFCF04-F165-77A0-35DB-020665AD6A8F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71BFCF04-F165-77A0-35DB-020665AD6A8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8151718" y="1880486"/>
             <a:ext cx="3681693" cy="2397074"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1414915360"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0BC8CA39-8A9F-024C-3119-80EF53DFBF56}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BC8CA39-8A9F-024C-3119-80EF53DFBF56}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE677A1E-B1CA-330B-B0C5-869D8762531A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE677A1E-B1CA-330B-B0C5-869D8762531A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>E-logistika u praksi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D3AAE83A-89C6-ED7E-36B7-0BBB468259AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3AAE83A-89C6-ED7E-36B7-0BBB468259AB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825624"/>
             <a:ext cx="7005918" cy="4171764"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="32500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
               <a:t>Funkcije koje nudi Dachser unutar e-logistike uključuju:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
-              <a:t>online naručivanje - automatski uvoz podataka u narudžbe štedi </a:t>
-[...39 lines deleted...]
-              <a:t>kodova;</a:t>
+              <a:t>online naručivanje - automatski uvoz podataka u narudžbe štedi vreme. Funkcija uvoza adresa iz ERP sistema nadopunjuje upravljanje adresama. Ova funkcionalnost vam također omogućuje slanje dokumenata, spremanje informacija o opasnoj robi, kao i slanje budućih narudžbina i korišćenje vlastitih bar kodova;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
-              <a:t>kontrola svih troškova </a:t>
-[...41 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="4500" dirty="0"/>
+              <a:t>kontrola svih troškova prevoza - omogućava brzo dobijanje informacija o ceni prevoza bez podnošenja opsežnih pitanja;</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
-              <a:t>praćenje zaliha - </a:t>
-[...23 lines deleted...]
-              <a:t>praćenja </a:t>
+              <a:t>praćenje zaliha - omogućava vam praćenje procesa koji se odvijaju u skladištima - od provere statusa prijema narudžbine do praćenja </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="4600" dirty="0"/>
               <a:t>šarže</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="4300" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
-              <a:t>Ova funkcionalnost vam </a:t>
-[...19 lines deleted...]
-              <a:t>zaliha;</a:t>
+              <a:t>Ova funkcionalnost vam omogućava da odmah odredite manjkove i nivoe zaliha;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
-              <a:t>trenutne informacije o statusu pošiljke i </a:t>
-[...31 lines deleted...]
-              <a:t>kupcima ili partnerima;</a:t>
+              <a:t>trenutne informacije o statusu pošiljke i njenoj lokaciji - Track &amp; Trace funkcija omogućava kreiranje pojedine poveznice za svaku pošiljku, koja će vas informisati o trenutnom statusu pošiljke. Ta se poveznica zatim može proslediti kupcima ili partnerima;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
               <a:t>online upravljanje fakturama - online pristup svim podacima o pošiljci. Podaci su dostupni u PDF datotekama, Excel tablicama i CSV datotekama. Ove podatke možemo poslati i digitalno putem EDI centra.;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="4500" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="4500" dirty="0"/>
-              <a:t>računovodstvo paleta - upravlja opremom za utovar koja </a:t>
-[...7 lines deleted...]
-              <a:t>praćenje, tj. europaletama i regalima.</a:t>
+              <a:t>elektronsko računovodstvo paleta - upravlja opremom za utovar koja zahteva praćenje, tj. europaletama i regalima.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="3000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{294084B7-AE3F-F970-4B49-2FE280B246A4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{294084B7-AE3F-F970-4B49-2FE280B246A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6105084"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -18027,187 +17647,186 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [https://www.dachser.pl/pl/elogistics-116]</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obraz 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6A843594-AEC7-89D6-163B-083E08640E7D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A843594-AEC7-89D6-163B-083E08640E7D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8151718" y="1880486"/>
             <a:ext cx="3681693" cy="2397074"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="311144041"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5D91952C-763E-3438-C1B8-319368B28334}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D91952C-763E-3438-C1B8-319368B28334}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0BF10C0F-455F-4800-AB4E-2BEAF549F904}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0BF10C0F-455F-4800-AB4E-2BEAF549F904}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
+              <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>E-logistika u praksi</a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{98F83C8C-107E-86CB-2850-0A0EE4B9103F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98F83C8C-107E-86CB-2850-0A0EE4B9103F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825624"/>
             <a:ext cx="7023847" cy="3723529"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="vi-VN" sz="1800" dirty="0"/>
               <a:t>Pored veoma sličnih funkcija koje su gore predstavljene za drugog operatera, DHL u velikoj meri koristi i rešenja iz oblasti mašinskog učenja, proširene stvarnosti i veštačke inteligencije. Proširena stvarnost se koristi za optimizaciju magacinske infrastrukture i logističkih operacija koje se tamo sprovode. Mašinsko učenje i veštačka inteligencija se koriste za povećanje efikasnosti poslovanja i povećanje otpornosti organizacije fokusiranjem preduzetih akcija na proaktivne umesto na reaktivne akcije.  Preduzimanje proaktivnih akcija moguće je zahvaljujući analizi velikih skupova podataka i traženju veza između uzroka i posledica u njima. Stoga je moguće predvideti formiranje budućih pojava na osnovu prošlih događaja. Ovakvi postupci takođe utiču na povećanje vrednosti usluga usmerenih ka DHL korisnicima i povećanje njihove konkurentske pozicije</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88617565-9894-6077-B401-9CE7FC943374}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88617565-9894-6077-B401-9CE7FC943374}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6105084"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -18385,51 +18004,51 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Source: [DHL, 2017]</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F4153705-1F6E-83B1-1FB3-B590FE7B06D8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4153705-1F6E-83B1-1FB3-B590FE7B06D8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="8162924" y="2209364"/>
             <a:ext cx="3630856" cy="2312894"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -18445,128 +18064,128 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Zaključak</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10947400" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Rešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>koja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>deluju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>unutar</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> e-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>logistike</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -18630,59 +18249,59 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dva</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>glavna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>trenda</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>defini</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>sanju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>ovog</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>pojma</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>U </a:t>
             </a:r>
@@ -18721,55 +18340,55 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>sve</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>vrste</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>digitalnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>rešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>koja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> prate </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>protok</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>materijala</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>.</a:t>
@@ -18784,75 +18403,75 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>užem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>smislu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>, e-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>logistika</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>defin</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>iše</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>kao</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0"/>
               <a:t>implementacij</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>logističkih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>procesa</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> koji prate e-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>trgovinu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>.</a:t>
@@ -18870,139 +18489,139 @@
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>materijala</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>neće</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>biti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>zamenjen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>protokom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>informacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Protok</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>informacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>određuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>efikasnos</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>t </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>protoka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>materijala</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Podrška</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>informaci</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>onim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>procesima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>implementiranim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>unutar</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> e-</a:t>
@@ -19055,94 +18674,90 @@
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>posebno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>važnom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> u tom </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>smislu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>. </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:t>. S</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vremena</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>tehnička</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>rešenja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>omoguć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>avaju</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>prikupljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>velikih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>skupova</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
@@ -19268,131 +18883,127 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sadržaj</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10947400" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>E-poslovanje</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Definicija e-logistike</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Razvoj e-logistike</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
-              <a:t>tehnologije koje podržavaju e-logistiku</a:t>
+              <a:t>Savremene tehnologije koje podržavaju e-logistiku</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>E-logistika u praksi</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" dirty="0"/>
               <a:t>Sažetak</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
@@ -19400,304 +19011,271 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
+              <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Rezime</a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10947400" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Uticaj razvoja tehnologija obrade podataka i Interneta na lance snabdevanja može se razlikovati u tri </a:t>
-[...6 lines deleted...]
-              <a:t>oblasti</a:t>
+              <a:t>Uticaj razvoja tehnologija obrade podataka i Interneta na lance snabdevanja može se razlikovati u tri oblasti</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="vi-VN" sz="1400" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>razvoj sistema koji podržavaju upravljanje preduzećem (ERP) i planiranje tokova materijala (APS);</a:t>
             </a:r>
-            <a:endParaRPr lang="pl-PL" sz="1400" kern="100" dirty="0" smtClean="0">
+            <a:endParaRPr lang="pl-PL" sz="1400" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="pl-PL" sz="1400" kern="100" dirty="0" smtClean="0">
-[...5 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" sz="1400" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>sistema koji podržavaju proces poslovnog odlučivanja koji funkcioniše u realnom vremenu</a:t>
-[...6 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>razvoj sistema koji podržavaju proces poslovnog odlučivanja koji funkcioniše u realnom vremenu;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
             </a:pPr>
             <a:r>
               <a:rPr lang="vi-VN" sz="1400" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>razmena informacija između </a:t>
-[...8 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="1400" kern="100" dirty="0" smtClean="0">
+              <a:t>razmena informacija između preduzeća.</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="1400" kern="100" dirty="0">
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
             </a:pPr>
             <a:r>
-              <a:rPr lang="vi-VN" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="vi-VN" sz="2000" dirty="0"/>
-              <a:t>jasnog konteksta za definisanje koncepta e-logistike uzrokovan je brzim razvojem predmeta i brisanjem granica između pojedinačnih rešenja koja podržavaju implementaciju toka informacija.</a:t>
+              <a:t>Nedostatak jasnog konteksta za definisanje koncepta e-logistike uzrokovan je brzim razvojem predmeta i brisanjem granica između pojedinačnih rešenja koja podržavaju implementaciju toka informacija.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2833716637"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{691C3AF9-90CC-794E-AD63-C8A1D168F7C2}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{691C3AF9-90CC-794E-AD63-C8A1D168F7C2}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C4A6644-E88B-FBD6-491E-C0325B53A764}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C4A6644-E88B-FBD6-491E-C0325B53A764}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Izvori</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{22BEDF48-6C07-998A-CAC6-B3CA7BCD2B0E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22BEDF48-6C07-998A-CAC6-B3CA7BCD2B0E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="757518" y="1547719"/>
             <a:ext cx="11084858" cy="4817222"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="32500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
@@ -20968,97 +20546,257 @@
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>, pp. 3-31</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3486712354"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Aut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>ori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>Finalna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>verzija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>jun</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Hvala na pažnji</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
@@ -21080,135 +20818,135 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>E-poslovanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E611071C-C6E3-65DF-73B9-E9F1B5F5CF81}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E611071C-C6E3-65DF-73B9-E9F1B5F5CF81}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4546599" y="2498629"/>
             <a:ext cx="6739468" cy="2348442"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>E-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>logistika</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>rešenje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>deluje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>unutar</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>šireg</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koncepta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> e-</a:t>
@@ -21224,63 +20962,63 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>poslovanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>može</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>slobodno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>defini</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ati</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>kao</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>poslovni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>proces</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> koji </a:t>
@@ -21288,59 +21026,59 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koristi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> Internet </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>drugi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>elektron</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>sk</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>medij</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>kao</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>kanal</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> za </a:t>
@@ -21356,51 +21094,51 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>poslovnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>transakcija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C1CEF596-AC61-6B39-B395-8BBA77E3D654}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1CEF596-AC61-6B39-B395-8BBA77E3D654}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4546599" y="5008900"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -21578,51 +21316,51 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Jayashankar et al., 2003] </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Obraz 10" descr="Obraz zawierający clipart, kreskówka, żółty, symbol&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA7630D8-D133-A0F3-10BE-23567AD89FAE}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA7630D8-D133-A0F3-10BE-23567AD89FAE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1025101" y="2452600"/>
             <a:ext cx="1819699" cy="1819699"/>
@@ -21646,79 +21384,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>E-poslovanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{550E0744-72A7-FAD8-698F-67D8BC663E5A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{550E0744-72A7-FAD8-698F-67D8BC663E5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5761565" y="1829347"/>
             <a:ext cx="4974169" cy="3853363"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -22034,83 +21772,83 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>,</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
               </a:buClr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>elektron</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ske</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>aukcije </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>itd</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="228600" indent="-228600">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="015BA6"/>
@@ -22161,275 +21899,251 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>poslovanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>pridev</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>"</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:t> "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>elektron</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>sk</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>" </a:t>
+              <a:t>i" </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>označava</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> da se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>te</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>delatnosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>obavljaju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>isključivo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>elektron</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>sko</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>(</a:t>
+              <a:t>m (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>digitalnom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>obliku</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>koriš</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>ć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>enjem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>interneta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
@@ -22453,51 +22167,51 @@
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>veze</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> i sl.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FEDFACB9-FDFF-7959-C818-AACF812E06EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEDFACB9-FDFF-7959-C818-AACF812E06EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="713799" y="5843046"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -22675,51 +22389,51 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor : [Skitsko, 2016] </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A diagram of a logistic&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C98E701D-FB62-77BC-BDD8-37B2F5427612}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C98E701D-FB62-77BC-BDD8-37B2F5427612}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="648070" y="1493499"/>
             <a:ext cx="3846851" cy="4349547"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -22735,79 +22449,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>E-poslovanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{550E0744-72A7-FAD8-698F-67D8BC663E5A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{550E0744-72A7-FAD8-698F-67D8BC663E5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4867851" y="1566911"/>
             <a:ext cx="6875416" cy="4662815"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
@@ -22818,74 +22532,65 @@
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>B2C (business-to-customer) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>- U ovom modelu </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pl-PL" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="pl-PL" kern="100" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>kompanij</a:t>
-            </a:r>
-[...7 lines deleted...]
-              <a:t>a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>komunicira sa svojim krajnjim potrošačem.</a:t>
+              <a:t>a komunicira sa svojim krajnjim potrošačem.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>C2C (customer-to-customer) </a:t>
             </a:r>
@@ -22907,115 +22612,61 @@
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>C2B (customer-to-business) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>- U ovom modelu mišljenja ili ideje krajnjih potrošača izražene različitim sredstvima, </a:t>
-[...53 lines deleted...]
-              <a:t>itd.) od strane proizvođača.</a:t>
+              <a:t>- U ovom modelu mišljenja ili ideje krajnjih potrošača izražene različitim sredstvima, posebno na raznim internetskim forumima, društvenim mrežama, e-poštom itd. značajno utiču na izradu proizvoda (njihove karakteristike, karakteristike, cena itd.) od strane proizvođača.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FEDFACB9-FDFF-7959-C818-AACF812E06EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEDFACB9-FDFF-7959-C818-AACF812E06EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="713799" y="5843046"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -23193,51 +22844,51 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Skitsko, 2016] </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A diagram of a logistic&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9250AEA4-F786-FBD4-CF86-152EFB40DBA2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9250AEA4-F786-FBD4-CF86-152EFB40DBA2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="648070" y="1493499"/>
             <a:ext cx="3846851" cy="4349547"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -23253,162 +22904,127 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>E-poslovanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{550E0744-72A7-FAD8-698F-67D8BC663E5A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{550E0744-72A7-FAD8-698F-67D8BC663E5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4427584" y="1829347"/>
             <a:ext cx="7349549" cy="3000821"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>B2G (business-to-government). </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" kern="100" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>U ovom modelu </a:t>
-[...34 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>U ovom modelu komapnija je u interakciji s državnim upravnim telima.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>C2G (customer-to-government). </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" kern="100" dirty="0">
@@ -23422,109 +23038,67 @@
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>G2B (vlada-poduzeću), G2C (vlada-kupcu). </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" kern="100" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>U ovim modelima organi državne uprave društvima </a:t>
-[...41 lines deleted...]
-              <a:t>usluge putem Interneta.</a:t>
+              <a:t>U ovim modelima organi državne uprave društvima (preduzećima) i fizičkim osobama pružaju informacione usluge putem Interneta.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FEDFACB9-FDFF-7959-C818-AACF812E06EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEDFACB9-FDFF-7959-C818-AACF812E06EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="713799" y="5843046"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -23702,51 +23276,51 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Skitsko, 2016] </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A diagram of a logistic&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{55575BBC-8FC5-268A-B394-DA112CC68288}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55575BBC-8FC5-268A-B394-DA112CC68288}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="648070" y="1493499"/>
             <a:ext cx="3846851" cy="4349547"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -23762,79 +23336,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Definicija e-logistike</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2980266" y="1975262"/>
             <a:ext cx="8646957" cy="1467908"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t>„ E-</a:t>
@@ -23850,64 +23424,60 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>dinamičan</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>skup</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>komunikacijskih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>račun</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" i="1" dirty="0"/>
               <a:t>arski</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
-              <a:t>i </a:t>
+              <a:t>h i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>kolaborativnih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>tehnologija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>koje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -23930,143 +23500,143 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>logističke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>procese</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> da </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>budu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>usm</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" i="1" dirty="0"/>
               <a:t>er</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>eni</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>na</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>kupca</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>deljenjem</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>znanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>informacija</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>partnerima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>lancu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" i="1" dirty="0"/>
               <a:t> snabdevanja</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" i="1" dirty="0"/>
               <a:t>.”</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8587690" y="2972089"/>
             <a:ext cx="3344334" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -24244,127 +23814,127 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Wang et al., 2004] </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Obraz 1" descr="Obraz zawierający clipart, kreskówka, żółty, symbol&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C41E43A2-CF03-ADFD-5273-D54FCD974A03}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C41E43A2-CF03-ADFD-5273-D54FCD974A03}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="856131" y="1838055"/>
             <a:ext cx="1134034" cy="1134034"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Obraz 2" descr="Obraz zawierający clipart, kreskówka, żółty, symbol&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{964AE7D6-C9A5-C6D7-8B57-B3FFF0C52681}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964AE7D6-C9A5-C6D7-8B57-B3FFF0C52681}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="856131" y="3249706"/>
             <a:ext cx="1134034" cy="1134034"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3555AE02-B114-8E76-A071-1DD2A4C9B32B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3555AE02-B114-8E76-A071-1DD2A4C9B32B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3038536" y="3440927"/>
             <a:ext cx="8530415" cy="1467908"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -24663,51 +24233,51 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>praćenjem</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>inventara</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>” </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{64693DFC-3887-D9F1-B25B-21E95634510A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{64693DFC-3887-D9F1-B25B-21E95634510A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8587690" y="4383740"/>
             <a:ext cx="3344334" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -24915,79 +24485,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Definicija e-logistike</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2016560" y="6327626"/>
             <a:ext cx="3344334" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -25165,51 +24735,51 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Moroz et al., 2014] </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{04D8F7BC-79C5-ED34-D141-A50BEDEB7F1D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04D8F7BC-79C5-ED34-D141-A50BEDEB7F1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6364941" y="2947868"/>
             <a:ext cx="5159186" cy="1467908"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -25378,101 +24948,65 @@
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
               <a:t>„</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>e-logistika su logistički procesi koji provode </a:t>
-[...35 lines deleted...]
-              <a:t>prodajnim kanalima </a:t>
+              <a:t>e-logistika su logistički procesi koji provode tok proizvoda kupljenih u elektronskim prodajnim kanalima </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
               <a:t>”</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{008D567D-BA7C-537D-C037-555018B2BDEC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{008D567D-BA7C-537D-C037-555018B2BDEC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7762938" y="4087904"/>
             <a:ext cx="3344334" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -25650,145 +25184,145 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="pl-PL" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Izvor: [Erceg &amp; Damoska Sekuloska, 2019] </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A circular diagram of icons&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2C7CE6F9-BF75-86C6-A41D-60364777974A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C7CE6F9-BF75-86C6-A41D-60364777974A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1084728" y="1622395"/>
             <a:ext cx="4710852" cy="4564503"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="866504577"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FFA0651C-8C6B-A3FA-B028-B8EA249CB66F}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFA0651C-8C6B-A3FA-B028-B8EA249CB66F}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{639792D2-DC61-C8D0-5647-774B0CAF7EC8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{639792D2-DC61-C8D0-5647-774B0CAF7EC8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Definicija e-logistike</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6A75D319-F890-9AA3-5A9F-2EBDE0831A44}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A75D319-F890-9AA3-5A9F-2EBDE0831A44}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>Osnovne</a:t>
             </a:r>
             <a:r>
@@ -25798,55 +25332,55 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>funkcije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> e-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>logistike</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> u </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>kreiranju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>prenosa</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> koji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>opisuju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>tok</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -25864,385 +25398,214 @@
               <a:t>su</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1800" dirty="0"/>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>formiranje informacijskog okruženja u kojem međusobno </a:t>
-[...35 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>formiranje informacijskog okruženja u kojem međusobno deluju učesnici logističkog lanca snabdevanja robom;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>karakteristika </a:t>
-[...17 lines deleted...]
-              <a:t>informacijskih tokova;</a:t>
+              <a:t>definisanje karakteristika elektronskih informacijskih tokova;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>formiranje </a:t>
-[...4 lines deleted...]
-                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:t>formiranje zahteva i potreba prema </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>zahteva </a:t>
+              <a:t>preduzećim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i potreba prema </a:t>
-[...24 lines deleted...]
-              <a:t>koje pružaju informacijske i komunikacijske usluge i odgovarajuće veze;</a:t>
+              <a:t>a koje pružaju informacijske i komunikacijske usluge i odgovarajuće veze;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>organizacija </a:t>
-[...17 lines deleted...]
-              <a:t>međunarodnih standarda identifikacije proizvoda;</a:t>
+              <a:t>organizacija korišćenja međunarodnih standarda identifikacije proizvoda;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>održavanje ispravnog i pouzdanog rada, razvoj informacijskog </a:t>
-[...17 lines deleted...]
-              <a:t>;</a:t>
+              <a:t>održavanje ispravnog i pouzdanog rada, razvoj informacijskog sistema preduzeća;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="1065AB"/>
               </a:buClr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>prikupljanje, analiza, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>skladištenje</a:t>
-            </a:r>
-[...7 lines deleted...]
-              <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>transformacija i organizacija </a:t>
-[...35 lines deleted...]
-              <a:t>obliku;</a:t>
+              <a:t>, transformacija i organizacija prenosa informacija u elektronskom obliku;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>izbor potrebnih podataka za donošenje upravljačkih odluka</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BD83D082-017F-6F7F-0A34-E495607358F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD83D082-017F-6F7F-0A34-E495607358F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="702732" y="5864033"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -26717,91 +26080,71 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a4bc1c2e803e34ab25283c57d356cd6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78687c9cd23a33d19b0c7b75dbe954e0" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -26990,129 +26333,163 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8D0B761-22FE-4716-A6AC-960C37C53028}">
-[...6 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3D57D23B-2861-4072-A9EC-F28A08486238}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5CB1AC43-BED2-4DC3-926C-46EF4B2DF2C7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC471B16-207A-4454-91C4-7E3AC030719C}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8D0B761-22FE-4716-A6AC-960C37C53028}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1817</Words>
+  <Words>2703</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Custom</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>22</Slides>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>166</Paragraphs>
+  <Slides>23</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>22</vt:i4>
+        <vt:i4>23</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="23" baseType="lpstr">
+    <vt:vector size="28" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>POSLOVNA INTELIGENCIJA</vt:lpstr>
       <vt:lpstr>Sadržaj</vt:lpstr>
       <vt:lpstr>E-poslovanje</vt:lpstr>
       <vt:lpstr>E-poslovanje</vt:lpstr>
       <vt:lpstr>E-poslovanje</vt:lpstr>
       <vt:lpstr>E-poslovanje</vt:lpstr>
       <vt:lpstr>Definicija e-logistike</vt:lpstr>
       <vt:lpstr>Definicija e-logistike</vt:lpstr>
       <vt:lpstr>Definicija e-logistike</vt:lpstr>
       <vt:lpstr>Definicija e-logistike</vt:lpstr>
       <vt:lpstr>Razvoj e-logistike</vt:lpstr>
       <vt:lpstr>Suvremene tehnologije koje podržavaju e-logistiku</vt:lpstr>
       <vt:lpstr>Savremene tehnologije koje podržavaju e-logistiku</vt:lpstr>
       <vt:lpstr>Suvremene tehnologije koje podržavaju e-logistiku</vt:lpstr>
       <vt:lpstr>Savremene tehnologije koje podržavaju e-logistiku</vt:lpstr>
       <vt:lpstr>E-logistika u praksi</vt:lpstr>
       <vt:lpstr>E-logistika u praksi</vt:lpstr>
       <vt:lpstr>E-logistika u praksi</vt:lpstr>
       <vt:lpstr>Zaključak</vt:lpstr>
       <vt:lpstr>Rezime</vt:lpstr>
       <vt:lpstr>Izvori</vt:lpstr>
+      <vt:lpstr>Autori:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Finalna verzija: jun 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>