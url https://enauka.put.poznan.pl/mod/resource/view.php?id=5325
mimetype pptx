--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,128 +1,130 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="256" r:id="rId5"/>
     <p:sldId id="264" r:id="rId6"/>
     <p:sldId id="262" r:id="rId7"/>
     <p:sldId id="292" r:id="rId8"/>
     <p:sldId id="293" r:id="rId9"/>
     <p:sldId id="294" r:id="rId10"/>
     <p:sldId id="267" r:id="rId11"/>
     <p:sldId id="296" r:id="rId12"/>
     <p:sldId id="295" r:id="rId13"/>
     <p:sldId id="297" r:id="rId14"/>
     <p:sldId id="298" r:id="rId15"/>
     <p:sldId id="299" r:id="rId16"/>
     <p:sldId id="300" r:id="rId17"/>
     <p:sldId id="301" r:id="rId18"/>
     <p:sldId id="302" r:id="rId19"/>
     <p:sldId id="303" r:id="rId20"/>
     <p:sldId id="304" r:id="rId21"/>
     <p:sldId id="281" r:id="rId22"/>
     <p:sldId id="282" r:id="rId23"/>
     <p:sldId id="305" r:id="rId24"/>
     <p:sldId id="306" r:id="rId25"/>
     <p:sldId id="307" r:id="rId26"/>
     <p:sldId id="308" r:id="rId27"/>
     <p:sldId id="309" r:id="rId28"/>
     <p:sldId id="310" r:id="rId29"/>
     <p:sldId id="311" r:id="rId30"/>
     <p:sldId id="312" r:id="rId31"/>
     <p:sldId id="283" r:id="rId32"/>
     <p:sldId id="284" r:id="rId33"/>
     <p:sldId id="285" r:id="rId34"/>
     <p:sldId id="266" r:id="rId35"/>
-    <p:sldId id="263" r:id="rId36"/>
+    <p:sldId id="335" r:id="rId36"/>
+    <p:sldId id="263" r:id="rId37"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -179,497 +181,161 @@
       </a:defRPr>
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
-      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns=""/>
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840">
+          <p15:clr>
+            <a:srgbClr val="A4A3A4"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="1065AB"/>
     <a:srgbClr val="7F7F7F"/>
     <a:srgbClr val="AEAEAE"/>
     <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="292928"/>
     <a:srgbClr val="015BA6"/>
     <a:srgbClr val="F24D0B"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
-      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns="" val="1"/>
+      <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
   <p1510:revLst>
     <p1510:client id="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" v="34" dt="2025-02-27T20:53:32.765"/>
   </p1510:revLst>
 </p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
-      <p:cViewPr>
+      <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="78" d="100"/>
-          <a:sy n="78" d="100"/>
+          <a:sx n="142" d="100"/>
+          <a:sy n="142" d="100"/>
         </p:scale>
-        <p:origin x="-342" y="-72"/>
+        <p:origin x="768" y="102"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2160"/>
         <p:guide pos="3840"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
-  <pc:docChgLst>
-[...345 lines deleted...]
-  </pc:docChgLst>
   <pc:docChgLst>
     <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}"/>
     <pc:docChg chg="undo custSel addSld delSld modSld sldOrd">
       <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2025-02-27T20:53:58.730" v="1956" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2025-02-27T20:09:16.666" v="1363" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="2920479427" sldId="256"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2025-02-27T20:09:07.170" v="1323" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2920479427" sldId="256"/>
             <ac:spMk id="2" creationId="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
           </ac:spMkLst>
         </pc:spChg>
         <pc:spChg chg="mod">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2025-02-27T20:09:12.834" v="1353" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
@@ -1555,142 +1221,489 @@
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2025-02-27T20:51:45.329" v="1867" actId="1076"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2557563689" sldId="312"/>
             <ac:picMk id="2" creationId="{577B129A-4114-B2A4-8B1E-EC164BA64A03}"/>
           </ac:picMkLst>
         </pc:picChg>
         <pc:picChg chg="del">
           <ac:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2025-02-27T20:51:40.661" v="1863" actId="478"/>
           <ac:picMkLst>
             <pc:docMk/>
             <pc:sldMk cId="2557563689" sldId="312"/>
             <ac:picMk id="7" creationId="{37F735B8-BA0F-816D-AF71-015016C8A278}"/>
           </ac:picMkLst>
         </pc:picChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp new del mod">
         <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{1995CE3D-D7AA-44C4-8B0D-E70417A63830}" dt="2024-06-20T09:05:00.534" v="1301" actId="47"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3876477572" sldId="313"/>
         </pc:sldMkLst>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}"/>
+    <pc:docChg chg="undo custSel addSld delSld modSld">
+      <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:06:03.623" v="739" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:51:27.844" v="35" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2920479427" sldId="256"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2863694609" sldId="261"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:53:46.248" v="242"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1952772968" sldId="262"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:52:23.361" v="205" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1254930911" sldId="264"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:06:03.623" v="739" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3298298427" sldId="266"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:54:37.773" v="253"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2749841692" sldId="267"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:53:23.845" v="236" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="113690816" sldId="268"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1088948264" sldId="270"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="353431143" sldId="272"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="890883010" sldId="273"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="603866943" sldId="274"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3327966016" sldId="275"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="926587062" sldId="276"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="844182128" sldId="277"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1935663326" sldId="278"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2690682958" sldId="279"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:16.726" v="721" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="821778306" sldId="280"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:55:41.065" v="290" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1083203809" sldId="281"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:56:17.233" v="319" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1123745348" sldId="282"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp new mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:57:22.336" v="412" actId="113"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="43378249" sldId="283"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp new mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:58:53.721" v="492" actId="207"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1491747484" sldId="284"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T20:59:38.160" v="514" actId="207"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2900101392" sldId="285"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp new mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:00:31.748" v="542" actId="207"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1244386267" sldId="286"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp new mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:02:23.084" v="597"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1357366281" sldId="287"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp new mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:02:58.743" v="637" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3379767869" sldId="288"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp new mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:04:20.193" v="655"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="998319202" sldId="289"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp new mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:04:49.040" v="693" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="616146928" sldId="290"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp new mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7DCE4F07-0407-4897-98F6-A2E37BE19CF7}" dt="2024-02-03T21:05:08.641" v="720" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="850187870" sldId="291"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}"/>
+    <pc:docChg chg="undo custSel addSld delSld modSld sldOrd">
+      <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:10:08.203" v="1848" actId="27636"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:30:26.285" v="68" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2920479427" sldId="256"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:43:28.768" v="865" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2863694609" sldId="261"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="delSp modSp mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:34:54.043" v="373" actId="478"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1952772968" sldId="262"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:31:36.410" v="207" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1254930911" sldId="264"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:15.971" v="1834" actId="14100"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3298298427" sldId="266"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:10:08.203" v="1848" actId="27636"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2749841692" sldId="267"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:35:51.337" v="410"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="113690816" sldId="268"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:01:59.340" v="1688" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4043668424" sldId="269"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:10:01.174" v="1846" actId="403"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1088948264" sldId="270"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="add del">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:01:57.332" v="1687" actId="47"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1920928991" sldId="271"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:51:21.176" v="1015" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="353431143" sldId="272"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:48.019" v="1844" actId="207"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="890883010" sldId="273"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp modSp add mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:42.309" v="1841" actId="207"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="603866943" sldId="274"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="delSp modSp add mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T11:57:53.700" v="1446" actId="207"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3327966016" sldId="275"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T08:58:27.411" v="1240" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="926587062" sldId="276"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="addSp delSp modSp add mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T11:58:18.300" v="1466" actId="1076"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="844182128" sldId="277"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T11:58:01.064" v="1449" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="1935663326" sldId="278"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp add mod ord">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:27.635" v="1838" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2690682958" sldId="279"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+      <pc:sldChg chg="delSp modSp add mod">
+        <pc:chgData name="Dario Šebalj" userId="a71eced3-786e-4eb6-80ca-f62c4fda7d06" providerId="ADAL" clId="{7F8B9E8A-2484-4D9E-8F4A-F3658B108928}" dt="2023-11-15T12:09:23.535" v="1835" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="821778306" sldId="280"/>
+        </pc:sldMkLst>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="1122363"/>
             <a:ext cx="9144000" cy="2387600"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="4800">
                 <a:solidFill>
                   <a:srgbClr val="015BA6"/>
                 </a:solidFill>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1524000" y="3602038"/>
             <a:ext cx="9144000" cy="1655762"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="2400">
                 <a:solidFill>
                   <a:srgbClr val="7F7F7F"/>
                 </a:solidFill>
@@ -1723,250 +1736,220 @@
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1041399" y="6159042"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Tytuł i zawartość">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1874672" y="262905"/>
             <a:ext cx="9390352" cy="836261"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
@@ -1979,317 +1962,287 @@
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="837168" y="6352531"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Podtytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="subTitle" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5249333" y="4114000"/>
             <a:ext cx="4967366" cy="943069"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="l"/>
             <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Obraz 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="pole tekstowe 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4123543632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
             </a:r>
@@ -2302,407 +2255,317 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Slide with picture">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3400523691"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Only title">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="914399" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2022179759"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1608666" y="365126"/>
             <a:ext cx="9745133" cy="1116542"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Kliknij, aby edytować styl</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -2725,280 +2588,526 @@
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Trzeci poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Czwarty poziom</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Piąty poziom</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="6356350"/>
             <a:ext cx="2743200" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="1172173"/>
             <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4BAC49-AC37-02CF-DF91-1543A72B4433}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8229599" y="6176963"/>
+            <a:ext cx="3285067" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Sufinansirano</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> od </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>strane</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Stavovi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mišljenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>izneti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ovoj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>publikaciji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>isključiva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>su</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornost</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>autora</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>i</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odražavaju</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>nužno</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>stavove</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropske</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Nacionalne</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>agencije</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>Evropska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>unija</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>niti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>telo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>koje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>dodeljuje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>sredstva</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> ne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>mogu</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>smatrati</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>odgovornim</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t> za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0" err="1"/>
+              <a:t>njih</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Picture 2">
+          <p:cNvPr id="5" name="Obraz 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CABA5FF-50C2-EC62-E8D7-E540E49D0654}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId8">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="11433641" y="6176963"/>
-            <a:ext cx="644058" cy="652762"/>
+            <a:off x="11471275" y="6088380"/>
+            <a:ext cx="720725" cy="769620"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:extLst>
-[...7 lines deleted...]
-          </a:extLst>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...66 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
     <p:sldLayoutId id="2147483650" r:id="rId2"/>
     <p:sldLayoutId id="2147483654" r:id="rId3"/>
     <p:sldLayoutId id="2147483660" r:id="rId4"/>
     <p:sldLayoutId id="2147483658" r:id="rId5"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
@@ -3269,200 +3378,204 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7213600" y="5952067"/>
             <a:ext cx="4967366" cy="849135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
@@ -3472,114 +3585,114 @@
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB42DF12-B99A-B28D-4CDB-00731913E04F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="345175"/>
             <a:ext cx="4967366" cy="1752566"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" b="1" dirty="0"/>
               <a:t>Poslovna inteligencija</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Obraz 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="pole tekstowe 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC256C7-DE57-3D54-E589-F59329555D7C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="411916" y="5378273"/>
             <a:ext cx="4792133" cy="1354217"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" b="1" dirty="0">
@@ -3603,170 +3716,109 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Business Analytics Skills </a:t>
             </a:r>
-            <a:r>
-[...12 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="pl-PL" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>for the Future-proofs Supply Chains </a:t>
+              <a:t>for the Future-proof Supply Chains </a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1">
                   <a:lumMod val="50000"/>
                 </a:schemeClr>
               </a:solidFill>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...45 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="pole tekstowe 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{107C3CB1-E1E2-9C03-3E4A-5B5EE4BCCCCA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-170560" y="6462648"/>
             <a:ext cx="6096000" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr algn="ctr">
@@ -3790,51 +3842,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0" err="1">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>number</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit fontScale="92500"/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -3848,51 +3900,51 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="4400" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Metode vizualizacije podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE4E65C5-835A-F284-C071-E322E9120233}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="4075044"/>
             <a:ext cx="4967366" cy="842557"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -3906,87 +3958,87 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" sz="2800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Predavanje</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4" cstate="print">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Dowolny kształt: kształt 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8D1704C-0375-DFA9-1EDB-A9723DA7A992}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="169333" y="93133"/>
             <a:ext cx="1625600" cy="1600200"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY0" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX1" fmla="*/ 0 w 1625600"/>
               <a:gd name="connsiteY1" fmla="*/ 16934 h 1600200"/>
               <a:gd name="connsiteX2" fmla="*/ 448734 w 1625600"/>
               <a:gd name="connsiteY2" fmla="*/ 25400 h 1600200"/>
               <a:gd name="connsiteX3" fmla="*/ 567267 w 1625600"/>
               <a:gd name="connsiteY3" fmla="*/ 0 h 1600200"/>
               <a:gd name="connsiteX4" fmla="*/ 1625600 w 1625600"/>
               <a:gd name="connsiteY4" fmla="*/ 135467 h 1600200"/>
               <a:gd name="connsiteX5" fmla="*/ 1447800 w 1625600"/>
@@ -4088,199 +4140,187 @@
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Obraz 14">
+          <p:cNvPr id="6" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D7224C4C-24EB-12AA-C4A4-857DC41FB544}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{193601E1-0248-46E7-3454-F08A98FABD9D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId5"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5925440" y="5851938"/>
-            <a:ext cx="5207495" cy="671935"/>
+            <a:off x="8266116" y="6037065"/>
+            <a:ext cx="3884235" cy="820935"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2920479427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> principi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
               <a:t>Ograda </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Ako ogradimo objekte, </a:t>
-[...11 lines deleted...]
-              <a:t>ćemo ih kao grupu</a:t>
+              <a:t>Ako ogradimo objekte, uočićemo ćemo ih kao grupu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9D89BE8B-3A10-C96D-5116-E2BD9CA61E59}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D89BE8B-3A10-C96D-5116-E2BD9CA61E59}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2559683" y="2869707"/>
             <a:ext cx="4749866" cy="3211512"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -4296,241 +4336,241 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> principi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
               <a:t>Zatvaranje </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Naš mozak automatski zatvara određene nedovršene objekte ili linije</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4DF46979-FDD5-BAC4-4C4A-5861B878B809}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DF46979-FDD5-BAC4-4C4A-5861B878B809}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="605756" y="2714625"/>
             <a:ext cx="5819775" cy="1428750"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4AECFC10-6A82-1904-60C4-B21F15B3F2C2}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AECFC10-6A82-1904-60C4-B21F15B3F2C2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="691481" y="4538663"/>
             <a:ext cx="5734050" cy="1638300"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{6CA6E3D0-3376-B451-3B97-62475FF29CFF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CA6E3D0-3376-B451-3B97-62475FF29CFF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6886706" y="2714625"/>
             <a:ext cx="2776438" cy="1218548"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F054C5DD-6F86-187A-47FE-89C666A285EC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F054C5DD-6F86-187A-47FE-89C666A285EC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6886706" y="4249037"/>
             <a:ext cx="2057531" cy="2073001"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{62E5D583-33EB-00F7-26F8-24C471555F1E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62E5D583-33EB-00F7-26F8-24C471555F1E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="9414419" y="4469044"/>
             <a:ext cx="2437813" cy="993466"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -4629,136 +4669,120 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> principi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
               <a:t>Kontinuitet </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Gledajući u </a:t>
-[...15 lines deleted...]
-              <a:t>možda on nije naznačen</a:t>
+              <a:t>Gledajući u objekat, naše oči traže najlogičniji put i prirodno kreiraju kontinuitet gde možda on nije naznačen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{A6BEAA11-5C77-5D97-DE17-EAE94DE2A52C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A6BEAA11-5C77-5D97-DE17-EAE94DE2A52C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2765029" y="3048792"/>
             <a:ext cx="5152737" cy="3542507"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -4774,124 +4798,124 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> principi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
               <a:t>Povezanost </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Povezane objekte percipiramo kao da pripadaju istoj grupi</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BE7548EE-6C30-EB98-3B35-15EBFE3242DF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE7548EE-6C30-EB98-3B35-15EBFE3242DF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="145254" y="2973387"/>
             <a:ext cx="11901491" cy="1700213"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -4907,112 +4931,107 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>Atributi za privlačenje </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="hr-HR" dirty="0"/>
+              <a:t>Atributi za privlačenje pažnje</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Pronađite koliko ima brojeva 7</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EE41FE34-CE73-AC78-ED15-6E582C0E71CC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE41FE34-CE73-AC78-ED15-6E582C0E71CC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2111406" y="2441358"/>
             <a:ext cx="5668186" cy="3975147"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -5028,112 +5047,107 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>Atributi za privlačenje </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="hr-HR" dirty="0"/>
+              <a:t>Atributi za privlačenje pažnje</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>A sada?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E3E52F35-C56D-5742-11EE-975DEF45435B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3E52F35-C56D-5742-11EE-975DEF45435B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1703033" y="2497954"/>
             <a:ext cx="5981113" cy="4232600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -5149,107 +5163,107 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Atributi za privlačenje pozornosti</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>A sada?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4073CF03-BCF7-0D1C-A597-FED1EAB794FB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4073CF03-BCF7-0D1C-A597-FED1EAB794FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1767489" y="2464458"/>
             <a:ext cx="5692580" cy="4028416"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -5265,203 +5279,198 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC6AAFFC-F480-BE02-4877-1585CAF5BA80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>Atributi za privlačenje </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="hr-HR" dirty="0"/>
+              <a:t>Atributi za privlačenje pažnje</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE7F93C9-5B77-4F87-1026-26D1895C9BB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3" descr="A group of dots with different symbols&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D9E3A381-BB8C-BB0D-A62B-BE718B42F44C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9E3A381-BB8C-BB0D-A62B-BE718B42F44C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3116063" y="1678463"/>
             <a:ext cx="5323969" cy="4173352"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="874667217"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CB31BBEB-4F63-76D3-70FF-4D1C681366C0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB31BBEB-4F63-76D3-70FF-4D1C681366C0}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BC468A13-2B50-78C7-AFD6-BC6DF419F78D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC468A13-2B50-78C7-AFD6-BC6DF419F78D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Odabir prave metode vizualizacije</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8776168B-981D-2116-B422-531F834D90C0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8776168B-981D-2116-B422-531F834D90C0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
@@ -5536,87 +5545,87 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>metode</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> je </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>temel</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>jn</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>o </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>razumevanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podataka</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
@@ -5716,114 +5725,105 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>želimo</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>preneti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Št</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>a</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>je tip </a:t>
+              <a:t> je tip </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
@@ -6004,98 +6004,92 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Za</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>visi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>d</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
-[...4 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Pitanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
@@ -6245,96 +6239,87 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> koji </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>želite</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>prezent</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ovati</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0" err="1" smtClean="0">
+              <a:t> i </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>preneti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>informacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -6361,51 +6346,51 @@
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Publika</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E53D3355-F2BB-2878-77DA-8B1769BD3B42}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E53D3355-F2BB-2878-77DA-8B1769BD3B42}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -6596,134 +6581,126 @@
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1083203809"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Jednostavan tekst</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E151D17C-0E63-B342-857A-DD2E04C61332}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E151D17C-0E63-B342-857A-DD2E04C61332}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Koristiti kada se treba pružiti informacija o nekoliko brojeva (brojčanih pokazatelja)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Broj + kratki </a:t>
-[...7 lines deleted...]
-              <a:t>tekst</a:t>
+              <a:t>Broj + kratki propratni tekst</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>BAN (Big </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0" err="1">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Ass</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
@@ -6732,51 +6709,51 @@
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Numbers</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -6951,51 +6928,51 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A blue and grey numbers&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{22646AB4-2C39-A043-340B-2C5166DF5D91}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22646AB4-2C39-A043-340B-2C5166DF5D91}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6096000" y="2678236"/>
             <a:ext cx="4230964" cy="2491286"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -7011,120 +6988,120 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Sadržaj</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10947400" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Razum</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>konteksta</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>situacije</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Metode</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -7153,299 +7130,269 @@
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>prave</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>metode</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vizualizacije</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>Smernice</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>za </a:t>
+              <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dobar</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>dizajn</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
               <a:t>vizualizacije</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1254930911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Tablice</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{E151D17C-0E63-B342-857A-DD2E04C61332}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E151D17C-0E63-B342-857A-DD2E04C61332}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Koristiti ako želimo </a:t>
-[...3 lines deleted...]
-              <a:t>videti </a:t>
+              <a:t>Koristiti ako želimo videti </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
-              <a:t>pojedinačne </a:t>
-[...3 lines deleted...]
-              <a:t>vrednosti </a:t>
+              <a:t>pojedinačne vrednosti </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>(npr. kroz godine)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Dobre za </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
               <a:t>upoređivanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>pojedinačnih </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t> pojedinačnih vrednosti</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Koristiti ako želimo prikazati </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
               <a:t>vrlo precizne podatke </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>(sa svim decimalama)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Za prikaz podataka s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
-              <a:t>različitim jedinicama </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
+              <a:t>različitim jedinicama mere</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Nisu prikladne za prikaz nečega što će publika odmah uočiti, već su korisne ako želite prikazati podatke </a:t>
-[...3 lines deleted...]
-              <a:t>tačno </a:t>
+              <a:t>Nisu prikladne za prikaz nečega što će publika odmah uočiti, već su korisne ako želite prikazati podatke tačno </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
               <a:t>onakve kakvi jesu</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t>Dobro poznate, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" b="1" dirty="0"/>
               <a:t>razumljive</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
               <a:t> su onima koji ih čitaju</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1800" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -7636,99 +7583,99 @@
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3961704760"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Oblikovanje tablica</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -7903,51 +7850,51 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
@@ -7994,60 +7941,60 @@
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>obrube oko tablice</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>posvetlite</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>rešetke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -8216,60 +8163,60 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>zaglavlje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> od </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>tela</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>tablice</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
@@ -8330,60 +8277,60 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>zaglavlju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> s </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>leve</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>strane</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, a </a:t>
             </a:r>
@@ -8444,85 +8391,85 @@
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>koristite</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>odgovarajuć</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" kern="100" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>nivo</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>detalja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -8613,60 +8560,60 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>decimalnim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>mestom</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ako</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> je to </a:t>
             </a:r>
@@ -8685,60 +8632,60 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>za</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>razumevanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" kern="100" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
@@ -8750,103 +8697,99 @@
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3675384688"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>grafikon</a:t>
+              <a:t>Trakasti grafikon</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -9021,169 +8964,151 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>savrše</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>za </a:t>
+              <a:t>n za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>prikaz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>brojčanih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>po </a:t>
+              <a:t> po </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>grupama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -9238,201 +9163,201 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>biti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>usmeren</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vertikaln</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>o </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vodoravno</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>naj</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>efikasnij</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>način</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>prikazivanja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>mera</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>povezanih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> s </a:t>
             </a:r>
@@ -9505,51 +9430,51 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>rednoj skali</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
@@ -9581,145 +9506,145 @@
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>nule</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1065AB"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A graph of different types of numbers&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0B45180D-7172-9881-E792-2FE112543085}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B45180D-7172-9881-E792-2FE112543085}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4772025" y="3861339"/>
             <a:ext cx="2647950" cy="2473325"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2470885504"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Linijski grafikon</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -9894,51 +9819,51 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
@@ -9961,105 +9886,105 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> se za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>prikaz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>promene</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>neke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>kvantitativne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>postavljene</a:t>
             </a:r>
@@ -10084,81 +10009,72 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> y-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>osi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>, </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:t>, t</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>o</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>kom</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vremena</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -10282,60 +10198,60 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>grafikon</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> ne </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>sadržavati</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -10361,145 +10277,145 @@
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>linija</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" b="1" kern="100" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="1065AB"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A graph of different colored lines&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{972B25E3-605E-BAD9-CB9E-82526C7BC973}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{972B25E3-605E-BAD9-CB9E-82526C7BC973}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7339982" y="2716680"/>
             <a:ext cx="4013817" cy="3355696"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2580647613"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Dijagram raspršenosti</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -10674,51 +10590,51 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
@@ -10774,117 +10690,108 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>između</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:t> dv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>kvantitativn</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>varijabl</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>e</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
@@ -11050,60 +10957,60 @@
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Pozitivno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>rastu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -11149,75 +11056,66 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>jedna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vrednost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1400" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>se </a:t>
+              <a:t> se </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>smanjuje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -11297,145 +11195,145 @@
               <a:t>korelacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1200" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A graph with blue dots&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2DCD25B4-D88B-3683-96F9-480BEA32773B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DCD25B4-D88B-3683-96F9-480BEA32773B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6685942" y="2883763"/>
             <a:ext cx="3958866" cy="3370457"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2162041182"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Koropletna karta</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -11610,51 +11508,51 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
@@ -11674,252 +11572,243 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>razlike</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> u </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:t> u s</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>enčenj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>u </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>ili</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>boji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>unutar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>unapred</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>defini</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>s</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
-[...16 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>ili</a:t>
+              <a:t>anih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>boji</a:t>
+              <a:t>područja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>unutar</a:t>
+              <a:t>kako</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...53 lines deleted...]
-              <a:t> </a:t>
+              <a:t> bi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>područja</a:t>
+              <a:t>označio</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>kako</a:t>
+              <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
-                <a:effectLst/>
-[...34 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ili</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
@@ -12097,293 +11986,293 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>manje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>odgovaraju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>svetlijim</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>bojama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, a </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>veće</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>tamnijim</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>bojama</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A map of the united states&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CEF58835-787F-8811-081B-C9466CFDD3A8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEF58835-787F-8811-081B-C9466CFDD3A8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5517271" y="3419695"/>
             <a:ext cx="4292554" cy="2757268"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2460977802"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Toplinska karta</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -12558,216 +12447,198 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Vizualizacija podataka u tabličnom formatu, </a:t>
-[...17 lines deleted...]
-              <a:t>obojene ćelije predstavljaju relativnu veličinu brojeva</a:t>
+              <a:t>Vizualizacija podataka u tabličnom formatu, gde obojene ćelije predstavljaju relativnu veličinu brojeva</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{80905F4E-FEEC-7C05-6150-8B9FBD2CDBD7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80905F4E-FEEC-7C05-6150-8B9FBD2CDBD7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2304489" y="2785507"/>
             <a:ext cx="7583021" cy="3047122"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2194852071"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76570ED2-EE9B-1D79-9639-12C41B56B534}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7D72B00-DCBA-4B75-627C-E7649CEA5687}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Bullet grafikon</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C7EB58F-2B7A-1B93-3243-E9DBBBF6568A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -12942,51 +12813,51 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="pl-PL" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="7F7F7F"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8905655F-95E9-3969-5FCC-C90632ACB919}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" lvl="0" indent="-342900" algn="just">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
@@ -13135,172 +13006,154 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>stvarnu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vrednost</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>dodatnom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...11 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:t> (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vertikalnom</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>oznakom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>ciljnu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>vrednost</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(</a:t>
+              <a:t> (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>koju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -13313,78 +13166,78 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>postići</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>) i </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>os</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>enčen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>im</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>područjima</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> u </a:t>
             </a:r>
@@ -13421,93 +13274,84 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>predstavljaju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>lestvicu</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...8 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>uspeha</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>(</a:t>
+              <a:t> (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>npr</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -13533,51 +13377,51 @@
               <a:t>izvrsno</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1400" kern="100" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Picture 1" descr="A graph with different colored squares&#10;&#10;Description automatically generated with medium confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{577B129A-4114-B2A4-8B1E-EC164BA64A03}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{577B129A-4114-B2A4-8B1E-EC164BA64A03}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3625922" y="3429000"/>
             <a:ext cx="4940155" cy="2388979"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -13593,84 +13437,80 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{25621516-F80F-5B10-D8F2-E44765AD2FAF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25621516-F80F-5B10-D8F2-E44765AD2FAF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
-              <a:t>za dobar dizajn vizualizacije</a:t>
+              <a:t>Smernice za dobar dizajn vizualizacije</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0A614C7C-41A0-3204-C9F4-EB1418117567}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A614C7C-41A0-3204-C9F4-EB1418117567}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>Odaberite</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -13696,140 +13536,136 @@
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>Odaberite</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>odgovarajuće</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="sr-Latn-RS" sz="2400" dirty="0"/>
               <a:t>š</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>eme</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>boja</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>Umereno</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>koristite</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>boju</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>Razmislite</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> o </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>slepoći</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
-              <a:t>za </a:t>
+              <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>boje</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>Boje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>trebaju</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>biti</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>dosledne</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>Bojom</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>označite</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2400" dirty="0" err="1"/>
               <a:t>važne</a:t>
             </a:r>
@@ -13881,115 +13717,107 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{38F0BB7F-2BDB-60D1-FFFF-DF2230D5920D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38F0BB7F-2BDB-60D1-FFFF-DF2230D5920D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t>Teorija boja</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Content Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2C56DA73-E896-3DF8-E9AF-D9D9015052F1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C56DA73-E896-3DF8-E9AF-D9D9015052F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>boja</a:t>
+              <a:t>Točak boja</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A diagram of different colors&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5C965BEA-43FE-DA67-6666-EE51419D7B7F}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C965BEA-43FE-DA67-6666-EE51419D7B7F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="640293" y="2875330"/>
             <a:ext cx="10713506" cy="2607520"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -14005,79 +13833,79 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Vizualizacija podataka</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>temeljna</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -14089,115 +13917,103 @@
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>poslovne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>inteligencije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:t> don</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>osiocima</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>odluka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>pomaže</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
-              <a:t> </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:t>da uoče </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>trendove</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>izvanredne</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>vrednosti</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>i </a:t>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>obrasce</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>skrivene</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>unutar</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -14299,94 +14115,94 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>kako</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> bi </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>ljudski</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> um </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>lakše</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>razum</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>e</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>o </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podatke</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>izvukao</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>zaključke</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>op</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>št</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>tipovi</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>vizualizacije</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -14531,87 +14347,87 @@
               <a:t>projekata</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>analize</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>podataka</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>Preduzeća </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>sve</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>više</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>koriste</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="sr-Latn-RS" sz="1800" dirty="0"/>
               <a:t>mašinsko</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>učenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>prikupljanje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>golemih</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> </a:t>
@@ -14651,275 +14467,211 @@
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>izazovni</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>spori</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t> za </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>obradu</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>razumevanje</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>i </a:t>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0" err="1"/>
               <a:t>objašnjenje</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1952772968"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F8EFE118-8397-DAEA-F683-F09CB35D6B67}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8EFE118-8397-DAEA-F683-F09CB35D6B67}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0C9E9580-C2CD-4BA6-8C64-21E6E606E476}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C9E9580-C2CD-4BA6-8C64-21E6E606E476}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>Š</a:t>
-[...7 lines deleted...]
-              <a:t>boja</a:t>
+              <a:t>Šeme boja</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{828CAB71-DF6E-5739-BB8C-5509957E379A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{828CAB71-DF6E-5739-BB8C-5509957E379A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="838200" y="1825625"/>
             <a:ext cx="5544845" cy="4351338"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Sekvencijalne boje </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>- </a:t>
-[...15 lines deleted...]
-              <a:t>do tamne i idealna je za prikazivanje numeričkih podataka koji napreduju od niske prema visokoj</a:t>
+              <a:t>- korišćenje jedne boje od svetle do tamne i idealna je za prikazivanje numeričkih podataka koji napreduju od niske prema visokoj</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Divergentne boje </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>- korisne za isticanje </a:t>
-[...15 lines deleted...]
-              <a:t>(npr. dobit/gubitak)</a:t>
+              <a:t>- korisne za isticanje vrednosti iznad ili ispod srednje tačke (npr. dobit/gubitak)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Kategoričke boje </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>- najbolje za kategoričke podatke </a:t>
-[...19 lines deleted...]
-              <a:t>vrednosti</a:t>
+              <a:t>- najbolje za kategoričke podatke gde boje trebaju razlikovati različite grupe bez impliciranja reda ili vrednosti</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A chart of different colors&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{D89ED868-49D8-0F87-EB73-453E85F0825A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D89ED868-49D8-0F87-EB73-453E85F0825A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7150251" y="1599148"/>
             <a:ext cx="4299627" cy="4113823"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -14935,267 +14687,382 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL" dirty="0"/>
               <a:t>Zaključak</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1244600" y="1842559"/>
             <a:ext cx="10298651" cy="3626908"/>
           </a:xfrm>
           <a:solidFill>
             <a:schemeClr val="bg1">
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Primarni cilj vizualizacije podataka: </a:t>
-[...17 lines deleted...]
-              <a:t>složene informacije na način koji je dostupan i razumljiv svim publikama</a:t>
+              <a:t>Primarni cilj vizualizacije podataka: preneti složene informacije na način koji je dostupan i razumljiv svim publikama</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" sz="1800" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>vizualizacija podataka ključna je komponenta u procesu donošenja odluka na temelju podataka</a:t>
+              <a:t>Efikasna vizualizacija podataka ključna je komponenta u procesu donošenja odluka na temelju podataka</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>U poglavlju je naglašena važnost prilagođavanja vizualizacija specifičnim potrebama ciljane publike</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Promišljen vizualni prikaz podataka važan je za lakše </a:t>
-[...17 lines deleted...]
-              <a:t>i komunikaciju složenih informacija</a:t>
+              <a:t>Promišljen vizualni prikaz podataka važan je za lakše razumevanje i komunikaciju složenih informacija</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3298298427"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Aut</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>ori</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>Finalna</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>verziaj</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="4000" dirty="0" err="1"/>
+              <a:t>jun</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t> 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Tytuł 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="pl-PL"/>
               <a:t>Hvala na pažnji</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="10964589" y="0"/>
             <a:ext cx="1227411" cy="429442"/>
           </a:xfrm>
@@ -15217,180 +15084,158 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{CC3BDBEF-F285-F46F-C722-B5F0315CC64D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC3BDBEF-F285-F46F-C722-B5F0315CC64D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="hr-HR" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
-              <a:t>situacijskog konteksta</a:t>
+              <a:t>Razumevanje situacijskog konteksta</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2B6E460E-D847-93F4-DA0F-0210FFA70EB1}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B6E460E-D847-93F4-DA0F-0210FFA70EB1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0" smtClean="0">
+              <a:rPr lang="sr-Latn-RS" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>P</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>rvi</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" smtClean="0">
-[...7 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>i </a:t>
+              <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>najvažniji</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>korak</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t> </a:t>
-[...8 lines deleted...]
-              <a:t>pre </a:t>
+              <a:t> pre </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>bavljenja</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
@@ -15439,51 +15284,51 @@
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> i </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>metodama</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>pripovedanja</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2000" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Od </a:t>
             </a:r>
             <a:r>
@@ -15666,89 +15511,65 @@
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>publiku</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="971550" lvl="1" indent="-514350">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>K</a:t>
-[...15 lines deleted...]
-              <a:t>je naša ciljna publika</a:t>
+              <a:t>Ko je naša ciljna publika</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="971550" lvl="1" indent="-514350">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="hr-HR" sz="2000" b="1" u="sng" dirty="0" smtClean="0">
-[...6 lines deleted...]
-            <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>želite da vaša publika zna ili učini?</a:t>
+              <a:t>Šta želite da vaša publika zna ili učini?</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="971550" lvl="1" indent="-514350">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Kako koristite podatke da nešto dokažete?</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="658604869"/>
       </p:ext>
     </p:extLst>
@@ -15759,169 +15580,169 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FE9A023E-005C-FB04-2228-643B05E73BC5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE9A023E-005C-FB04-2228-643B05E73BC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>Anscombeov</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> kvartet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:graphicFrame>
         <p:nvGraphicFramePr>
           <p:cNvPr id="4" name="Content Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{7967FFF6-182C-50FA-3C36-BFB6603B5B64}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7967FFF6-182C-50FA-3C36-BFB6603B5B64}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGraphicFramePr>
             <a:graphicFrameLocks noGrp="1"/>
           </p:cNvGraphicFramePr>
           <p:nvPr>
             <p:ph idx="1"/>
             <p:extLst>
               <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
                 <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2038717208"/>
               </p:ext>
             </p:extLst>
           </p:nvPr>
         </p:nvGraphicFramePr>
         <p:xfrm>
           <a:off x="618847" y="1516276"/>
           <a:ext cx="10954305" cy="5034280"/>
         </p:xfrm>
         <a:graphic>
           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
             <a:tbl>
               <a:tblPr firstRow="1" bandRow="1">
                 <a:tableStyleId>{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}</a:tableStyleId>
               </a:tblPr>
               <a:tblGrid>
                 <a:gridCol w="1367161">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2405114739"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2405114739"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1067129">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="4194978168"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4194978168"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1217145">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="4016620413"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="4016620413"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1217145">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2492171503"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2492171503"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1217145">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="749595443"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="749595443"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1217145">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2092805663"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2092805663"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1217145">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2431066387"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2431066387"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1217145">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1327718181"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1327718181"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
                 <a:gridCol w="1217145">
                   <a:extLst>
                     <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
-                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="186394360"/>
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="186394360"/>
                     </a:ext>
                   </a:extLst>
                 </a:gridCol>
               </a:tblGrid>
               <a:tr h="158898">
                 <a:tc rowSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>Varijabla</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr anchor="ctr"/>
                 </a:tc>
                 <a:tc gridSpan="2">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr marL="342900" indent="-342900" algn="ctr">
@@ -15997,51 +15818,51 @@
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>4. skup</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc hMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="hr-HR" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2473756436"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2473756436"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc vMerge="1">
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:endParaRPr lang="hr-HR" dirty="0"/>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="hr-HR" b="1" dirty="0"/>
                         <a:t>x</a:t>
                       </a:r>
                     </a:p>
@@ -16126,51 +15947,51 @@
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="hr-HR" b="1" dirty="0"/>
                         <a:t>x</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="hr-HR" b="1" dirty="0"/>
                         <a:t>y</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="3154895795"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="3154895795"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>1.</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>2.</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="ctr"/>
                       <a:r>
@@ -16889,51 +16710,51 @@
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>5,6</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>7,9</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:pPr algn="r"/>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>6,9</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="1558243455"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1558243455"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
               <a:tr h="370840">
                 <a:tc>
                   <a:txBody>
                     <a:bodyPr/>
                     <a:lstStyle/>
                     <a:p>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>Prosjek</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>Varijanca</a:t>
                       </a:r>
                     </a:p>
                     <a:p>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>Korelacija</a:t>
                       </a:r>
@@ -17271,156 +17092,156 @@
                           <a:spcPct val="100000"/>
                         </a:lnSpc>
                         <a:spcBef>
                           <a:spcPts val="0"/>
                         </a:spcBef>
                         <a:spcAft>
                           <a:spcPts val="0"/>
                         </a:spcAft>
                         <a:buClrTx/>
                         <a:buSzTx/>
                         <a:buFontTx/>
                         <a:buNone/>
                         <a:tabLst/>
                         <a:defRPr/>
                       </a:pPr>
                       <a:r>
                         <a:rPr lang="hr-HR" dirty="0"/>
                         <a:t>y=3+0,5x</a:t>
                       </a:r>
                     </a:p>
                   </a:txBody>
                   <a:tcPr/>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
-                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" val="2004335279"/>
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2004335279"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4217036134"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{FE9A023E-005C-FB04-2228-643B05E73BC5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE9A023E-005C-FB04-2228-643B05E73BC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>Anscombeov</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> kvartet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{9354DECF-2285-1E04-BA19-E99F2C61E11C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9354DECF-2285-1E04-BA19-E99F2C61E11C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2159919" y="1300915"/>
             <a:ext cx="7439025" cy="2571750"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F1E0DAEA-5FDB-BAA0-B49B-44635A0056D5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1E0DAEA-5FDB-BAA0-B49B-44635A0056D5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2145379" y="4059654"/>
             <a:ext cx="7419975" cy="2533650"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -17436,208 +17257,168 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" b="1" kern="100" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Metode privlačenja </a:t>
-[...11 lines deleted...]
-              <a:t>pažnje</a:t>
+              <a:t>Metode privlačenja pažnje</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" sz="4800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0" err="1">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t> principi</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
               <a:t>Nastali 1912. godine</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t>Cilj je bio otkriti na koji način percipiramo uzorke, oblike i kako </a:t>
-[...7 lines deleted...]
-              <a:t>informacije koje vidimo</a:t>
+              <a:t>Cilj je bio otkriti na koji način percipiramo uzorke, oblike i kako organizujemo informacije koje vidimo</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
-              <a:t> (</a:t>
-[...7 lines deleted...]
-              <a:t>.) </a:t>
+              <a:t> (nem.) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               </a:rPr>
               <a:t> uzorak</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" dirty="0">
                 <a:sym typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               </a:rPr>
-              <a:t>Gestalt principi su otkrili da pokušavamo </a:t>
-[...11 lines deleted...]
-              <a:t>objekte na određene načine</a:t>
+              <a:t>Gestalt principi su otkrili da pokušavamo grupisati objekte na određene načine</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D0B990B-A015-95E2-DF45-A832FF931C3B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="501396" y="6254220"/>
             <a:ext cx="4580467" cy="477308"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -17845,136 +17626,124 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> principi </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
               <a:t>Blizina </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Objekte koji su blizu jedni drugima </a:t>
-[...11 lines deleted...]
-              <a:t>kao da pripadaju grupi</a:t>
+              <a:t>Objekte koji su blizu jedni drugima uočavamo kao da pripadaju grupi</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Picture 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{83087E30-E91F-A6F7-E41F-11D7AB907589}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{83087E30-E91F-A6F7-E41F-11D7AB907589}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2283457" y="2762250"/>
             <a:ext cx="4926274" cy="3511549"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -17990,129 +17759,124 @@
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{896526CF-57F6-00B2-F118-91F701694BD0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0" err="1"/>
               <a:t>Gestalt</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="hr-HR" dirty="0"/>
               <a:t> principi</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0CEA7B5-FED4-67F1-C2CA-24597C173D8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0"/>
               <a:t>Sličnost </a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="hr-HR" sz="1800" dirty="0"/>
-              <a:t>Naš mozak grupira objekte koji imaju isti boju, oblik, veličinu ili </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+              <a:t>Naš mozak grupira objekte koji imaju isti boju, oblik, veličinu ili smer</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{2E1ECCC3-0945-CCA3-A87A-B7E018299575}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E1ECCC3-0945-CCA3-A87A-B7E018299575}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2629963" y="2664438"/>
             <a:ext cx="4943475" cy="3657600"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
@@ -18395,80 +18159,82 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f77c99be7a86767cf8852e2977576506">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1290e7152641fe702006229a94e3f9e1" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a4bc1c2e803e34ab25283c57d356cd6">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="78687c9cd23a33d19b0c7b75dbe954e0" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -18658,149 +18424,161 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...6 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
-[...10 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F1533B5-1D36-4809-A08C-3660679A8C08}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>1133</Words>
+  <Words>1178</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Custom</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>32</Slides>
+  <PresentationFormat>Widescreen</PresentationFormat>
+  <Paragraphs>275</Paragraphs>
+  <Slides>33</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
+    <vt:vector size="6" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Fonts Used</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>4</vt:i4>
+      </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>32</vt:i4>
+        <vt:i4>33</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="33" baseType="lpstr">
+    <vt:vector size="38" baseType="lpstr">
+      <vt:lpstr>Arial</vt:lpstr>
+      <vt:lpstr>Calibri</vt:lpstr>
+      <vt:lpstr>Symbol</vt:lpstr>
+      <vt:lpstr>Tahoma</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligencija</vt:lpstr>
       <vt:lpstr>Sadržaj</vt:lpstr>
       <vt:lpstr>Vizualizacija podataka</vt:lpstr>
       <vt:lpstr>Razumevanje situacijskog konteksta</vt:lpstr>
       <vt:lpstr>Anscombeov kvartet</vt:lpstr>
       <vt:lpstr>Anscombeov kvartet</vt:lpstr>
       <vt:lpstr>Metode privlačenja pažnje</vt:lpstr>
       <vt:lpstr>Gestalt principi </vt:lpstr>
       <vt:lpstr>Gestalt principi</vt:lpstr>
       <vt:lpstr>Gestalt principi</vt:lpstr>
       <vt:lpstr>Gestalt principi</vt:lpstr>
       <vt:lpstr>Gestalt principi</vt:lpstr>
       <vt:lpstr>Gestalt principi</vt:lpstr>
       <vt:lpstr>Atributi za privlačenje pažnje</vt:lpstr>
       <vt:lpstr>Atributi za privlačenje pažnje</vt:lpstr>
       <vt:lpstr>Atributi za privlačenje pozornosti</vt:lpstr>
       <vt:lpstr>Atributi za privlačenje pažnje</vt:lpstr>
       <vt:lpstr>Odabir prave metode vizualizacije</vt:lpstr>
       <vt:lpstr>Jednostavan tekst</vt:lpstr>
       <vt:lpstr>Tablice</vt:lpstr>
       <vt:lpstr>Oblikovanje tablica</vt:lpstr>
       <vt:lpstr>Trakasti grafikon</vt:lpstr>
       <vt:lpstr>Linijski grafikon</vt:lpstr>
       <vt:lpstr>Dijagram raspršenosti</vt:lpstr>
       <vt:lpstr>Koropletna karta</vt:lpstr>
       <vt:lpstr>Toplinska karta</vt:lpstr>
       <vt:lpstr>Bullet grafikon</vt:lpstr>
       <vt:lpstr>Smernice za dobar dizajn vizualizacije</vt:lpstr>
       <vt:lpstr>Teorija boja</vt:lpstr>
       <vt:lpstr>Šeme boja</vt:lpstr>
       <vt:lpstr>Zaključak</vt:lpstr>
+      <vt:lpstr>Autori:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Finalna verziaj: jun 2025</vt:lpstr>
       <vt:lpstr>Hvala na pažnji</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100C5D1A4C46F9DF340B00409C6B9ED12C1</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>