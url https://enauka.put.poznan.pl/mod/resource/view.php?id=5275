--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,97 +1,105 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/slides/slide48.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...24 lines deleted...]
-  <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="/docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483661" r:id="rId5"/>
+    <p:sldMasterId id="2147483661" r:id="rId4"/>
+    <p:sldMasterId id="2147483665" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="375" r:id="rId42"/>
-[...15 lines deleted...]
-    <p:sldId id="391" r:id="rId58"/>
+    <p:sldId id="375" r:id="rId6"/>
+    <p:sldId id="376" r:id="rId7"/>
+    <p:sldId id="377" r:id="rId8"/>
+    <p:sldId id="378" r:id="rId9"/>
+    <p:sldId id="379" r:id="rId10"/>
+    <p:sldId id="380" r:id="rId11"/>
+    <p:sldId id="381" r:id="rId12"/>
+    <p:sldId id="382" r:id="rId13"/>
+    <p:sldId id="383" r:id="rId14"/>
+    <p:sldId id="384" r:id="rId15"/>
+    <p:sldId id="385" r:id="rId16"/>
+    <p:sldId id="386" r:id="rId17"/>
+    <p:sldId id="387" r:id="rId18"/>
+    <p:sldId id="388" r:id="rId19"/>
+    <p:sldId id="389" r:id="rId20"/>
+    <p:sldId id="390" r:id="rId21"/>
+    <p:sldId id="335" r:id="rId22"/>
+    <p:sldId id="391" r:id="rId23"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -379,90 +387,113 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="16839" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="486" y="96"/>
+        <p:origin x="192" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide37.xml" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide48.xml" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide53.xml" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster2.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide38.xml" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide43.xml" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="/ppt/tableStyles.xml" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide49.xml" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide44.xml" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide39.xml" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide45.xml" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide50.xml" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide40.xml" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="/ppt/presProps.xml" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide51.xml" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide46.xml" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide41.xml" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="/ppt/viewProps.xml" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide52.xml" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide47.xml" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide42.xml" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId133" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster2.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster2.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -707,51 +738,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -891,55 +922,921 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image4.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout6.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme2.xml" Id="rId6" /></Relationships>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4028570940"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2943587641"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2983143026"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2881008977"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="334767548"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -1083,51 +1980,51 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
@@ -1155,51 +2052,51 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8" cstate="print">
+          <a:blip r:embed="rId5" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -1257,51 +2154,51 @@
               <a:t>Izražena stališča in mnenja so izključno stališča in mnenja avtorjev in ne odražajo nujno stališč Evropske unije ali Izvajalske agencije za izobraževanje in kulturo (EACEA).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Evropska unija in agencija EACEA ne moreta biti odgovorni zanje.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483662" r:id="rId1"/>
-    <p:sldLayoutId id="2147483664" r:id="rId3"/>
+    <p:sldLayoutId id="2147483664" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -1557,102 +2454,789 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide37.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image32.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout6.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image33.png" Id="rId4" /></Relationships>
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2622322377"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483666" r:id="rId1"/>
+    <p:sldLayoutId id="2147483667" r:id="rId2"/>
+    <p:sldLayoutId id="2147483668" r:id="rId3"/>
+    <p:sldLayoutId id="2147483669" r:id="rId4"/>
+    <p:sldLayoutId id="2147483670" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide38.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide39.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide40.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide41.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image34.emf" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide42.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide43.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image35.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide44.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide45.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide46.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image36.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide47.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide48.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide49.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image37.jpg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide50.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image38.jpg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide51.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image38.jpg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide52.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout8.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide53.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image6.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image33.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout6.xml" Id="rId1" /></Relationships>
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -1742,383 +3326,97 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...224 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...58 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
@@ -2202,57 +3500,62 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+              <a:rPr lang="pl-PL" sz="2800">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Predavanje</a:t>
-            </a:r>
+              <a:t>Predavanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -2590,219 +3893,1010 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E4794EA-D5A5-9E4A-FF6F-8976D33471AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="411916" y="5258659"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{569E3361-9F1C-493B-F4E0-2813E571DD6F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-170560" y="6343034"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1873642873"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Tytuł 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Koraki za izvedbo metode Delphi</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="A close-up of a couple of images&#10;&#10;Description automatically generated"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2795510" y="2472338"/>
+            <a:ext cx="5760720" cy="1336675"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4281898" y="3809013"/>
+            <a:ext cx="2787943" cy="314894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Slika 3. Koraki za izvedbo metode Delphi.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEFF944D-AA8F-D3BC-7671-A3A3DDF5B101}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7ACF2519-B2CA-3398-8705-7961D5CCC02F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E23AFE39-BFDD-23DD-F76C-442A0EAA46AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2296513648"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Koraki za izvedbo metode Delphi</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...9 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...24 lines deleted...]
-            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Korak 1 zagotavlja, da so cilji študije Delphi jasno opredeljeni, kar pomaga ohraniti osredotočenost in ustreznost med celotnim postopkom.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Korak 2 poudarja pomen izbire uravnotežene in raznolike skupine strokovnjakov, ki lahko z različnih vidikov zagotovijo dragocen vpogled.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Tretji korak vključuje pripravo in uvedbo vprašalnikov, ki strokovnjakom omogočajo, da svobodno delijo svoja mnenja in iterativno izboljšujejo odgovore, da bi dosegli soglasje.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Četrti korak vključuje analizo in uporabo pridobljenih rezultatov za informirano odločanje, napovedovanje ali razvoj politike, pri čemer se izkoristi nepristranskost, ki jo zagotavlja anonimnost postopka Delphi.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Slika 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8959AB21-5430-5190-C996-6225E98CF668}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A62191B8-4751-B5E7-D6AD-FBDAD7F438D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PoljeZBesedilom 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91CC8386-CD0C-FB4C-AD08-66D51840B6AC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEA7740A-7C09-997B-601B-D9FBB12F0E95}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6455834" y="6213237"/>
             <a:ext cx="5011392" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
@@ -2893,202 +4987,344 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE202C03-CA7C-55AB-B15F-29755AB69721}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="204886295"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1637471911"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Podatkovno rudarjenje je v sodobnih podjetjih bistvenega pomena za pridobivanje dragocenih vpogledov iz obsežnih zbirk podatkov, ki vplivajo na operativne, taktične in strateške odločitve.</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t>Kvantitativno podatkovno rudarjenje v veliki meri temelji na formalnih matematičnih orodjih, zlasti statističnih, da bi iz poslovnih podatkov ali </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>podatkov</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Obseg podatkov na svetu se hitro povečuje, velik del podatkov pa je v nestrukturiranih oblikah in je nagnjen k napakam.</a:t>
-[...2 lines deleted...]
-          <a:p>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>oskrbovalne</a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Kljub izzivom je podatkovno rudarjenje namenjeno povečanju prihodkov in zmanjšanju stroškov s pridobivanjem uporabnega znanja in poslovnih vpogledov.</a:t>
+              <a:t> verige izluščili prave vzorce in ustvarili koristne vpoglede.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Vključuje ponavljajoči se in interaktivni postopek, katerega cilj je odkriti veljavno, novo in uporabno znanje v obsežnih podatkovnih zbirkah.</a:t>
+              <a:t>Vendar se predpostavke statistične teorije pogosto močno razlikujejo od porazdelitev in vzorcev, ki so prisotni v dejanskih poslovnih podatkih, kar lahko privede do napak v analizi.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Podatkovno rudarjenje zajema različne analitične tehnike, vključno s statistiko, umetno inteligenco in strojnim učenjem, ki odkrivajo skrite vzorce v podatkovnih nizih.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:t>Za veljavne rezultate modelov in utemeljeno odločanje je ključnega pomena, da podatki ustrezajo teoretičnim matematičnim predpostavkam.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Podatkovno rudarjenje, ki je osrednja sestavina procesa odkrivanja znanja v podatkovnih zbirkah (KDD), je multidisciplinarno, njegove analitične metode pa temeljijo na matematiki in statistiki.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Statistika ima ključno vlogo pri analizi podatkov, zlasti v fazi priprave podatkov, in je podlaga za različne metode podatkovnega rudarjenja.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Naloge podatkovnega rudarjenja so razvrščene v pet kategorij: grozdenje, klasifikacija, regresija, asociacijska pravila in posploševanje, pri čemer ima vsaka od njih različne namene pri odkrivanju vzorcev in povezav v zbirkah podatkov.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Pogoste tehnike podatkovnega rudarjenja med drugim vključujejo klasifikacijska pravila ali odločitvena drevesa, regresijo, grozdenje, genetske algoritme in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>modeliranje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>na podlagi agentov.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Slika 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{633A2A07-22ED-DBD6-C738-EB793048A848}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8AEA8564-B7CE-76FB-C687-5D29308E13DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PoljeZBesedilom 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB819CEB-92E4-828E-6D3D-9E9708263425}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{917902AC-EE57-1ECD-1F35-2F86E294160B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6455834" y="6213237"/>
             <a:ext cx="5011392" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
@@ -3179,217 +5415,3392 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0D108C5-1184-7321-B782-AA29EDC0EFCF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3446811614"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2330109083"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5" descr="A diagram of different types of data&#10;&#10;Description automatically generated"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2562481" y="1946187"/>
+            <a:ext cx="6079011" cy="3169510"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3994695" y="5115697"/>
+            <a:ext cx="3461204" cy="314894"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Slika 4. Naloge podatkovnega rudarjenja (Su, 2016).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B88964DE-89EB-6123-55C3-A0B71AF9FDCE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD2D299B-500E-BA53-E37F-B3EC1C966098}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F68FE38-52D5-73CE-D3B2-126B264440FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="153636281"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3788710" y="5115697"/>
+            <a:ext cx="3873175" cy="318933"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Slika 5. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0"/>
+              <a:t>Koraki, ki sestavljajo postopek KDD (Fayyad et al, 1996).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="A diagram of data processing process&#10;&#10;Description automatically generated"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2957384" y="1464344"/>
+            <a:ext cx="5244439" cy="3651353"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAD89BC4-F991-086F-790B-6C45379009A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{141FC018-00C8-DE26-33D6-1E763A04BCCA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{547560D0-6391-3BA8-EF94-FFF6066F43E0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4017128323"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3788710" y="5115697"/>
+            <a:ext cx="3873175" cy="318933"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:spcAft>
+                <a:spcPts val="1200"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Slika 6. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1100" dirty="0"/>
+              <a:t>Koraki, ki sestavljajo postopek KDD (Fayyad et al, 1996).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="1100" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="A diagram of data processing process&#10;&#10;Description automatically generated"/>
+          <p:cNvPicPr/>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2957384" y="1464344"/>
+            <a:ext cx="5244439" cy="3651353"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B60BA82A-C1EC-1BC6-157F-FB80368363C9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89DF0B1E-0B22-8637-0045-D6A1456D346E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E9DF1A2-C3A9-7107-7DB3-C86DCF264B70}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="946765413"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Je osrednja sestavina procesa odkrivanja znanja v podatkovnih zbirkah (KDD), ki deluje v povezavi s poslovno analitiko (BA) za podporo odločanju.</a:t>
+              <a:t>Model CRISP-DM se pogosto uporablja za opis korakov procesa odkrivanja znanja v podatkovnih zbirkah (KDD) in je vodilni industrijski model.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Pri podatkovnem rudarjenju se uporabljajo algoritmi za prepoznavanje trendov, pravil in drugih dragocenih informacij, pridobljenih iz različnih virov podatkov, shranjenih v različnih oblikah.</a:t>
+              <a:t>Tehnike podatkovnega rudarjenja, ki se pogosto uporabljajo v oskrbovalnih verigah, vključujejo odločitvena drevesa, regresijo, asociacijska pravila, genetske algoritme in algoritme za grozdenje, pri čemer se vsaka od njih uporablja za posebne namene, kot so napovedovanje, prepoznavanje napak in optimizacija proizvodnje.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Postopek KDD vključuje razumevanje poslovanja, razumevanje podatkov, pripravo podatkov, </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>Znanje, pridobljeno s podatkovnim rudarjenjem, se pogosto shranjuje in predstavlja s pomočjo ekspertnih sistemov (ES), zapletenih sistemov znanja, zasnovanih za posnemanje človeškega strokovnega znanja na različnih področjih.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>in vrednotenje po standardih, kot je CRISP-DM.</a:t>
+              <a:t>Ekspertni sistemi (ES) posnemajo človeško razmišljanje, da bi prišli do zaključkov, podpirajo nosilce odločitev ali jih v določenih okoliščinah celo nadomeščajo, zaradi česar so široko uporabljena in komercialno uspešna tehnologija umetne inteligence.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
-              <a:t>Na koncu podatkovno rudarjenje organizacijam zagotavlja uporabno znanje z uporabo napredka na področju tehnologij za shranjevanje podatkov, umetne inteligence in RPA.</a:t>
-[...15 lines deleted...]
-            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>ES se štejejo za del sistemov za podporo odločanju (DSS), računalniško podprtih sistemov, ki združujejo modele in podatke za reševanje polstrukturiranih in nestrukturiranih problemov z obsežnim sodelovanjem uporabnikov.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Strojno učenje (angl. Machine Learning, ML) je most med rezultati podatkovnega rudarjenja in orodji za poslovno obveščanje, ki računalnikom omogoča učenje in predstavitev znanja iz vhodnih podatkov.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>ML olajša predstavitev metrik za poročanje vodstvu v obliki, ki vodjem omogoča sprejemanje premišljenih poslovnih odločitev, kar povečuje uporabnost vpogledov podatkovnega rudarjenja.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Slika 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B05C68EB-C850-89BE-AC85-2A3224377083}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE38F17E-FDD5-7955-0A2A-50A679287420}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PoljeZBesedilom 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1AC934D-4510-8B43-333D-FBFB8291F5AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{424205D6-25C1-1284-B640-5FCB706D34A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3049226886"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D2DBB4D-44B1-FF0F-408D-86BF94EFFDCC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Hvala za vašo pozornost</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10964589" y="0"/>
+            <a:ext cx="1227411" cy="429442"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{113FF79A-41F3-F83D-8706-E5D91AA0E973}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A5EEC0D-2572-4118-050B-602E055E575C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65337286-E6DB-C940-D690-7F444AA8EE00}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="432959116"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Tytuł 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Agenda</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244600" y="1842559"/>
+            <a:ext cx="10947400" cy="3626908"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
+              <a:t>Kaj je podatkovno rudarjenje? </a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
+              <a:t>Odkrivanje znanja v logistiki in upravljanju oskrbovalne verige</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
+              <a:t>Delphijev pristop k sodnemu ustvarjanju znanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2000" dirty="0"/>
+              <a:t>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="sr-Latn-RS" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8959AB21-5430-5190-C996-6225E98CF668}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91CC8386-CD0C-FB4C-AD08-66D51840B6AC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD038255-DF2A-C456-8904-E6D04AFEC27A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="204886295"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kaj je podatkovno rudarjenje? </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Podatkovno rudarjenje je v sodobnih podjetjih bistvenega pomena za pridobivanje dragocenih vpogledov iz obsežnih zbirk podatkov, ki vplivajo na operativne, taktične in strateške odločitve.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Obseg podatkov na svetu se hitro povečuje, velik del podatkov pa je v nestrukturiranih oblikah in je nagnjen k napakam.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Kljub izzivom je podatkovno rudarjenje namenjeno povečanju prihodkov in zmanjšanju stroškov s pridobivanjem uporabnega znanja in poslovnih vpogledov.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Vključuje ponavljajoči se in interaktivni postopek, katerega cilj je odkriti veljavno, novo in uporabno znanje v obsežnih podatkovnih zbirkah.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Podatkovno rudarjenje zajema različne analitične tehnike, vključno s statistiko, umetno inteligenco in strojnim učenjem, ki odkrivajo skrite vzorce v podatkovnih nizih.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{633A2A07-22ED-DBD6-C738-EB793048A848}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB819CEB-92E4-828E-6D3D-9E9708263425}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59628D13-38A5-0C32-DD97-E5022578873B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3446811614"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kaj je podatkovno rudarjenje? </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Je osrednja sestavina procesa odkrivanja znanja v podatkovnih zbirkah (KDD), ki deluje v povezavi s poslovno analitiko (BA) za podporo odločanju.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Pri podatkovnem rudarjenju se uporabljajo algoritmi za prepoznavanje trendov, pravil in drugih dragocenih informacij, pridobljenih iz različnih virov podatkov, shranjenih v različnih oblikah.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Postopek KDD vključuje razumevanje poslovanja, razumevanje podatkov, pripravo podatkov, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0" err="1"/>
+              <a:t>modeliranje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>in vrednotenje po standardih, kot je CRISP-DM.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0"/>
+              <a:t>Na koncu podatkovno rudarjenje organizacijam zagotavlja uporabno znanje z uporabo napredka na področju tehnologij za shranjevanje podatkov, umetne inteligence in RPA.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B05C68EB-C850-89BE-AC85-2A3224377083}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB08107B-75F4-2B6A-8BB8-FAE0733BFC20}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6455834" y="6213237"/>
             <a:ext cx="5011392" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
@@ -3654,64 +9065,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72AFC693-3F4F-79C1-03E2-3F7DFDED2918}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4012444213"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4006,64 +9520,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B32E4B98-8A6F-B9F9-5658-94E37C920AFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2110031547"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4147,64 +9764,167 @@
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Nasprotno pa se nekvantitativni viri podatkov na tem področju pri sprejemanju odločitev pogosto zanašajo na strokovne presoje, kot je delfska metoda.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-GB" sz="1800" dirty="0"/>
               <a:t>Postopek pridobivanja znanja iz podatkov na področju oskrbne verige in logistike vključuje krmarjenje med kvantitativnimi in kvalitativnimi pristopi, od katerih ima vsak svoj sklop izzivov in prednosti.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-GB" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D4BEDBC-C5ED-FDFA-5012-5806FD0076A8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2082993615"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4621,64 +10341,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="PoljeZBesedilom 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45C68671-5E52-ECD9-4A6E-EBDCBFAA197D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1021420716"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4956,64 +10779,167 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C78CC87-5024-6329-E739-2E76E4594CCC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3549849075"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Tytuł 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5285,2475 +11211,157 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...28 lines deleted...]
-      </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Tytuł 3">
-[...141 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7ACF2519-B2CA-3398-8705-7961D5CCC02F}"/>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3408CD0-30D9-AE46-AF07-117AE7CE8397}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6455834" y="6213237"/>
-            <a:ext cx="5011392" cy="461665"/>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...96 lines deleted...]
-              <a:rPr lang="sl-SI" sz="800" dirty="0">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2296513648"/>
-[...2111 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="432959116"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2106941288"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -8015,51 +11623,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -8309,73 +11917,65 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps2.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps3.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -8564,253 +12164,166 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E785F9B-D0D7-4600-AD33-3B2A8CBD80BD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{96409C96-AFBA-4E6E-B02B-1A32F856FE92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81A76C46-9B09-438D-B5F8-A1AC0A7C518F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>15584</Words>
+  <Words>2983</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>125</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>149</Paragraphs>
+  <Slides>18</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>9</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>125</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="136" baseType="lpstr">
+    <vt:vector size="23" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Century Gothic</vt:lpstr>
-[...2 lines deleted...]
-      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-[...35 lines deleted...]
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna inteligenca</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Kaj je podatkovno rudarjenje? </vt:lpstr>
       <vt:lpstr>Kaj je podatkovno rudarjenje? </vt:lpstr>
       <vt:lpstr>Kaj je podatkovno rudarjenje? </vt:lpstr>
       <vt:lpstr>Odkrivanje znanja v logistiki in upravljanju oskrbovalne verige</vt:lpstr>
       <vt:lpstr>Odkrivanje znanja v logistiki in upravljanju oskrbovalne verige</vt:lpstr>
       <vt:lpstr>Delphijev pristop k odločevalnemu ustvarjanju znanja</vt:lpstr>
       <vt:lpstr>Delphijev pristop k odločevalnemu ustvarjanju znanja</vt:lpstr>
       <vt:lpstr>Koraki za izvedbo metode Delphi</vt:lpstr>
       <vt:lpstr>Koraki za izvedbo metode Delphi</vt:lpstr>
       <vt:lpstr>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</vt:lpstr>
       <vt:lpstr>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</vt:lpstr>
       <vt:lpstr>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</vt:lpstr>
       <vt:lpstr>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</vt:lpstr>
       <vt:lpstr>Kvantitativni pristop podatkovnega rudarjenja za odkrivanje znanja</vt:lpstr>
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
-[...70 lines deleted...]
-      <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:keywords>, docId:F2A99F8EF04D0C3272D2238BAD644D0C</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">