--- v0 (2025-10-01)
+++ v1 (2025-11-18)
@@ -1,112 +1,121 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-  <Override PartName="/ppt/slides/slide80.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
+  <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
+  <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
+  <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
-[...35 lines deleted...]
-  <Override PartName="/ppt/slides/slide84.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/docProps/core.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="/docProps/thumbnail.jpeg" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/ppt/presentation.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="/docProps/custom.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId4" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-<p:presentation xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
+<p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId4"/>
+    <p:sldMasterId id="2147483655" r:id="rId5"/>
   </p:sldMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="337" r:id="rId80"/>
-[...24 lines deleted...]
-    <p:sldId id="362" r:id="rId105"/>
+    <p:sldId id="337" r:id="rId6"/>
+    <p:sldId id="338" r:id="rId7"/>
+    <p:sldId id="339" r:id="rId8"/>
+    <p:sldId id="340" r:id="rId9"/>
+    <p:sldId id="341" r:id="rId10"/>
+    <p:sldId id="342" r:id="rId11"/>
+    <p:sldId id="343" r:id="rId12"/>
+    <p:sldId id="344" r:id="rId13"/>
+    <p:sldId id="345" r:id="rId14"/>
+    <p:sldId id="346" r:id="rId15"/>
+    <p:sldId id="347" r:id="rId16"/>
+    <p:sldId id="348" r:id="rId17"/>
+    <p:sldId id="349" r:id="rId18"/>
+    <p:sldId id="350" r:id="rId19"/>
+    <p:sldId id="351" r:id="rId20"/>
+    <p:sldId id="352" r:id="rId21"/>
+    <p:sldId id="353" r:id="rId22"/>
+    <p:sldId id="354" r:id="rId23"/>
+    <p:sldId id="355" r:id="rId24"/>
+    <p:sldId id="356" r:id="rId25"/>
+    <p:sldId id="357" r:id="rId26"/>
+    <p:sldId id="358" r:id="rId27"/>
+    <p:sldId id="359" r:id="rId28"/>
+    <p:sldId id="360" r:id="rId29"/>
+    <p:sldId id="361" r:id="rId30"/>
+    <p:sldId id="335" r:id="rId31"/>
+    <p:sldId id="362" r:id="rId32"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="pl-PL"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -396,87 +405,110 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
     <p:restoredLeft sz="14995" autoAdjust="0"/>
     <p:restoredTop sz="94660"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="111" d="100"/>
-          <a:sy n="111" d="100"/>
+          <a:sx n="95" d="100"/>
+          <a:sy n="95" d="100"/>
         </p:scale>
-        <p:origin x="594" y="96"/>
+        <p:origin x="206" y="72"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide80.xml" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide85.xml" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="/ppt/viewProps.xml" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide98.xml" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide86.xml" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide91.xml" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide76.xml" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide81.xml" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide99.xml" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide87.xml" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide92.xml" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="/ppt/presProps.xml" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide77.xml" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide82.xml" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide90.xml" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide95.xml" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide97.xml" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="/ppt/tableStyles.xml" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide93.xml" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide100.xml" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide88.xml" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide83.xml" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide78.xml" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide96.xml" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide101.xml" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide89.xml" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide94.xml" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="/customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide79.xml" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="/ppt/slides/slide84.xml" Id="rId88" /></Relationships>
+<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image3.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="/ppt/slideMasters/slideMaster1.xml" Id="rId1" /></Relationships>
+<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
   <p:cSld name="Title slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
@@ -724,51 +756,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2469039930"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Slide with text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -908,55 +940,921 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7814239" y="6159042"/>
             <a:ext cx="3590855" cy="463336"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1712746793"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image2.png" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image1.png" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/ppt/theme/theme1.xml" Id="rId6" /></Relationships>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="title" preserve="1">
+  <p:cSld name="Title slide">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E58A5AF-3F45-5069-5FAB-2D7952158756}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1122363"/>
+            <a:ext cx="9144000" cy="2387600"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="4800">
+                <a:solidFill>
+                  <a:srgbClr val="015BA6"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{343BB85A-E454-8451-FB5E-F4FFB49387D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="3602038"/>
+            <a:ext cx="9144000" cy="1655762"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2400">
+                <a:solidFill>
+                  <a:srgbClr val="7F7F7F"/>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2000"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1800"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="1600"/>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl wzorca podtytułu</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0EF36B9-4F40-EC5C-6839-D90FF03278E2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1041399" y="6159042"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Obraz 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F0F9927-E26B-6CAA-9B92-9AB85EA58C45}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C548BB-0F84-4B1A-DCFA-9ED5B237D21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3787835338"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Tytuł i zawartość">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{658662E8-C0F6-01F7-3135-55754D9540FA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1874672" y="262905"/>
+            <a:ext cx="9390352" cy="836261"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D4A73EC7-14A4-45CC-5E00-8767B1FCAB39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201D473C-60C7-F335-6DD1-5CC8ADB7F79E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="837168" y="6352531"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Podtytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E51F10D-98CF-2694-6381-FBA42C9A040F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5249333" y="4114000"/>
+            <a:ext cx="4967366" cy="943069"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l"/>
+            <a:endParaRPr lang="pl-PL" sz="1000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Obraz 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C3B84C6-E4A9-0972-31AD-1FB1FFB75346}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="pole tekstowe 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A62EFDB-9E47-3314-96E8-A69158CEE9B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2642664248"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Slide with text">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Symbol zastępczy zawartości 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37583371-04E1-2146-3E36-12C9771D5F8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4243857803"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Slide with picture">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2908669359"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
+  <p:cSld name="Only title">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Tytuł 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE4255F-DD1D-AA20-3912-D196BD51C158}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy numeru slajdu 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1F961F0-8208-CAAD-19DB-E16F6E377D58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914399" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="904477563"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldMaster xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -1100,51 +1998,51 @@
           </a:lstStyle>
           <a:p>
             <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
               <a:rPr lang="pl-PL" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
+          <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="289112" y="169232"/>
             <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
@@ -1172,51 +2070,51 @@
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>BAS4SC</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId8">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11433641" y="6176963"/>
             <a:ext cx="644058" cy="652762"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
@@ -1274,51 +2172,51 @@
               <a:t>Izražena stališča in mnenja so izključno stališča in mnenja avtorjev in ne odražajo nujno stališč Evropske unije ali Izvajalske agencije za izobraževanje in kulturo (EACEA).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Evropska unija in agencija EACEA ne moreta biti odgovorni zanje.</a:t>
             </a:r>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="pl-PL" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3146977866"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483649" r:id="rId1"/>
-    <p:sldLayoutId id="2147483654" r:id="rId3"/>
+    <p:sldLayoutId id="2147483654" r:id="rId2"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="3200" b="1" kern="1200">
           <a:solidFill>
             <a:srgbClr val="1065AB"/>
           </a:solidFill>
           <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
           <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -1574,791 +2472,825 @@
       <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
-<file path=ppt/slides/_rels/slide100.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/ppt/media/image5.png" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="/ppt/slideLayouts/slideLayout3.xml" Id="rId1" /></Relationships>
-[...78 lines deleted...]
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slideMasters/slideMaster2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
+    <p:bg>
+      <p:bgRef idx="1001">
+        <a:schemeClr val="bg1"/>
+      </p:bgRef>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Tytuł 6">
+          <p:cNvPr id="2" name="Symbol zastępczy tytułu 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{960E9BA3-BDB4-BCD5-B127-3BFFA4E30B37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1608666" y="365126"/>
+            <a:ext cx="9745133" cy="1116542"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0" err="1"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="pl-PL" dirty="0"/>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować styl</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+          <p:cNvPr id="3" name="Symbol zastępczy tekstu 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50A06F91-E7B2-48F4-EA7A-6A09E7BE932B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph idx="1"/>
+            <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1244600" y="1842559"/>
-            <a:ext cx="10298651" cy="3626908"/>
+            <a:off x="838200" y="1825625"/>
+            <a:ext cx="10515600" cy="4351338"/>
           </a:xfrm>
-          <a:solidFill>
-[...3 lines deleted...]
-          </a:solidFill>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0">
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...124 lines deleted...]
-            </a:endParaRPr>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Kliknij, aby edytować style wzorca tekstu</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Drugi poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Trzeci poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Czwarty poziom</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Piąty poziom</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Symbol zastępczy numeru slajdu 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{964076C3-5CF8-AC0A-9E17-2F51A1E9DE24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="838200" y="6356350"/>
+            <a:ext cx="2743200" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="l">
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:tint val="75000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{CC0460F1-09F6-4975-B8E5-8A0710446645}" type="slidenum">
+              <a:rPr lang="pl-PL" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="pl-PL"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="2" name="Slika 1">
+          <p:cNvPr id="7" name="Obraz 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FDD80AA-F8D1-01F8-1CCF-C7B8E591CE20}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B821523-8AB1-0531-2AF3-4D0D0548DC15}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId7"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11467226" y="6213237"/>
-[...238 lines deleted...]
-            <a:ext cx="1227411" cy="429442"/>
+            <a:off x="289112" y="169232"/>
+            <a:ext cx="1098176" cy="1023609"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Slika 1">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="pole tekstowe 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B766E8E3-2818-5BC2-E99B-D5D41BD7EB56}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA14F0DB-9ADC-C937-0F1A-1E8A90B74801}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...9 lines deleted...]
-        </p:blipFill>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11467226" y="6213237"/>
-            <a:ext cx="635235" cy="644763"/>
+            <a:off x="0" y="1172173"/>
+            <a:ext cx="1674336" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...26 lines deleted...]
-          </a:solidFill>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle>
-[...96 lines deleted...]
-              <a:rPr lang="sl-SI" sz="800" dirty="0">
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1CFD1AA-490A-2DEF-96E8-48A625214639}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId8">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="11433641" y="6176963"/>
+            <a:ext cx="644058" cy="652762"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="pole tekstowe 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDB8B49A-91DD-E2E0-C046-13FDB51AFF31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7657032" y="6200486"/>
+            <a:ext cx="4038599" cy="584775"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Co-funded by the European Union</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the National Agency (NA).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Neither the European Union nor NA can be held responsible for them.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="276813322"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="534914319"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
-  <p:clrMapOvr>
-[...2 lines deleted...]
-</p:sld>
+  <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <p:sldLayoutIdLst>
+    <p:sldLayoutId id="2147483656" r:id="rId1"/>
+    <p:sldLayoutId id="2147483657" r:id="rId2"/>
+    <p:sldLayoutId id="2147483658" r:id="rId3"/>
+    <p:sldLayoutId id="2147483659" r:id="rId4"/>
+    <p:sldLayoutId id="2147483660" r:id="rId5"/>
+  </p:sldLayoutIdLst>
+  <p:txStyles>
+    <p:titleStyle>
+      <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPct val="0"/>
+        </a:spcBef>
+        <a:buNone/>
+        <a:defRPr sz="3200" b="1" kern="1200">
+          <a:solidFill>
+            <a:srgbClr val="1065AB"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+    </p:titleStyle>
+    <p:bodyStyle>
+      <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="1000"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2400" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="2000" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buClr>
+          <a:srgbClr val="015BA6"/>
+        </a:buClr>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+          <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:lnSpc>
+          <a:spcPct val="90000"/>
+        </a:lnSpc>
+        <a:spcBef>
+          <a:spcPts val="500"/>
+        </a:spcBef>
+        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+        <a:buChar char="•"/>
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:bodyStyle>
+    <p:otherStyle>
+      <a:defPPr>
+        <a:defRPr lang="pl-PL"/>
+      </a:defPPr>
+      <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl1pPr>
+      <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl2pPr>
+      <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl3pPr>
+      <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl4pPr>
+      <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl5pPr>
+      <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl6pPr>
+      <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl7pPr>
+      <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl8pPr>
+      <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+        <a:defRPr sz="1800" kern="1200">
+          <a:solidFill>
+            <a:schemeClr val="tx1"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="+mn-ea"/>
+          <a:cs typeface="+mn-cs"/>
+        </a:defRPr>
+      </a:lvl9pPr>
+    </p:otherStyle>
+  </p:txStyles>
+</p:sldMaster>
 </file>
 
-<file path=ppt/slides/slide76.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Prostokąt 13">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C290822D-E319-E253-8963-D002A6CDF433}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -2448,383 +3380,97 @@
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD86EEC-9260-C0D2-A1CF-EC9FE5B2B572}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="618104" y="908526"/>
             <a:ext cx="4518672" cy="4211849"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...224 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="1026" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF3823DD-8D25-872F-C72C-4C503464DBA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="11038544" y="5638402"/>
             <a:ext cx="1079500" cy="1094088"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:extLst>
             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
               </a14:hiddenFill>
             </a:ext>
           </a:extLst>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...58 lines deleted...]
-      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Tytuł 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19348FEB-0D15-F9D5-CC56-88E3DC56F6F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5700634" y="2195673"/>
             <a:ext cx="4967366" cy="1637553"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
@@ -2887,57 +3533,62 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="6000" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
                 <a:ea typeface="+mj-ea"/>
                 <a:cs typeface="+mj-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" sz="2800" dirty="0">
+              <a:rPr lang="pl-PL" sz="2800">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Predavanje</a:t>
-            </a:r>
+              <a:t>Predavanja</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="2800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Obraz 9" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB13C490-E78D-83E1-749C-E0D7C5A76305}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -3275,74 +3926,6185 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="1050" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="1050">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="1050" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="pole tekstowe 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0ED7DD4-8341-8717-9B5A-131F31D91084}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="539680" y="5293868"/>
+            <a:ext cx="4997035" cy="1354217"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>BAS4SC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Business Analytics Skills </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>for the Future-proof Supply Chains </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-GB" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1">
+                  <a:lumMod val="50000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="pole tekstowe 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A74BDE52-E246-EE4D-8E99-B3AB0772BD39}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-42796" y="6378243"/>
+            <a:ext cx="6096000" cy="338554"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="2800" b="1" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Project </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>number</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="1600" b="0" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> – 2022-1-PL01-KA220-HED-000088856</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4261930874"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide77.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54341D1A-8A00-94B9-B9F4-C1FFBC8AAE05}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Tveganje/tveganja/ranljivost</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4558F45D-D977-E965-0768-F8C2FE756E23}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>V informacijski varnosti so koncepti tveganja, grožnje in ranljivosti osrednjega pomena za razumevanje in upravljanje varnosti. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Tveganje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>je verjetnost, da se bo s sredstvom zgodilo nekaj slabega. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>V informacijski varnosti je tveganje verjetnost škodljivega dogodka, ki vpliva na zaupnost, celovitost ali razpoložljivost informacij. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Podjetje lahko na primer oceni tveganje kibernetskega napada na svoje omrežje tako, da upošteva verjetnost takega napada in morebitno škodo, ki bi jo lahko povzročil. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Grožnja </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>je vsako dejanje, ki lahko povzroči škodo informacijskim sistemom ali podatkom.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Grožnje so lahko namerne, kot so hekerski kibernetski napadi, ali nenamerne, kot so naravne nesreče ali človeške napake. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ranljivost </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>se nanaša na slabosti ali vrzeli v obrambi sistema, ki jih lahko grožnje izkoristijo za povzročitev škode. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>To so lahko napake v programski in strojni opremi, organizacijskih procesih ali človeškem vedenju. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4123E6EF-151C-4E05-93D7-C98BFCD953D9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB489D8A-F140-C430-31BB-469AA7D84726}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{081F4A0C-4F12-0489-46B0-4740487D9F15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="343652095"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89971A16-0A1D-6712-274A-96D58B915DCC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Kršitve </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>podatkov</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C94D1900-C66E-9A94-B37A-311911B3606C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Po podatkih Fortineta (n.d.) je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>kršitev varnosti podatkov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>"dogodek, zaradi katerega so zaupni, zasebni, zaščiteni ali občutljivi podatki izpostavljeni osebi, ki ni pooblaščena za dostop do njih". </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Do teh kršitev lahko pride na različne načine (Kaspersky</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>, b.d.a.)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="914400" lvl="1" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Naključni insajder</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>: Zaposleni nenamerno dostopa do občutljivih informacij brez ustreznega dovoljenja. Na primer: uporabi računalnik sodelavca in si ogleda zaupne datoteke.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="914400" lvl="1" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Zlonamerni notranji uporabnik</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>: Posameznik s pooblaščenim dostopom namerno zlorabi podatke v škodljive namene. To lahko vključuje krajo ali uhajanje občutljivih informacij.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="914400" lvl="1" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Izgubljene ali ukradene naprave</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>: Nešifrirane in nezavarovane naprave, kot so prenosni računalniki ali zunanji diski z občutljivimi podatki, se izgubijo ali ukradejo, zaradi česar so podatki izpostavljeni nepooblaščenemu dostopu.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="914400" lvl="1" indent="-457200">
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Zlonamerni zunanji kriminalci</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>: Hekerji uporabljajo različne metode za vdor v sisteme, vključno z napadi z ribarjenjem, napadi z grobo silo in zlonamerno programsko opremo. Ti kibernetski kriminalci izkoriščajo ranljivosti v programski opremi, omrežjih in vedenju uporabnikov, da bi pridobili dostop do občutljivih podatkov.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75F1C302-FED6-4F83-5354-2B8E39AB4FEC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BC347C7-A62B-5804-DAA8-8D05CEE205D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF6BEF76-509D-7972-F2D4-5B745B7ABF79}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4146199941"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABB73426-124A-64B2-586E-43BFCDF765AE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Kršitve </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>podatkov</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE143703-1FD9-8A87-E7A2-232C3D4A43EE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Po podatkih družbe Kaspersky (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>n.d.) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>so pogoste metode, ki se uporabljajo pri kršitvah varnosti podatkov, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ribarjenje, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>pri katerem se kibernetski kriminalci izdajajo za zaupanja vredne subjekte, da bi posameznike prepričali, da razkrijejo občutljive informacije. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Druga metoda so </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>napadi z grobo silo</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, pri katerih hekerji s pomočjo programske opreme večkrat uganejo gesla in izkoristijo šibke ali večkrat uporabljene poverilnice, da pridobijo nepooblaščen dostop do računov. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Poleg tega se </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>zlonamerna programska oprema, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>kot je vohunska programska oprema, uporablja za neopažen vdor v sisteme in krajo podatkov. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Človeška napaka </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>je vzrok za 95 % vseh kršitev varnosti podatkov (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>Cybernews</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, 2022).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{005C2E4E-5D44-CC6E-390D-B67C95B780C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECF37AA2-138B-742C-9753-E56BB7769B62}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5664E1B6-D6D6-9F0B-31CF-E193D9EE5E60}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="788797786"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2C3942F-9B50-29BA-7235-803FF8A66612}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Kršitve varnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>podatkov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>- primeri</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6376E657-0326-ED46-6B41-A3C424FA416E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Yahoo (2013-2014)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>: ena največjih kršitev varnosti podatkov v zgodovini, saj so bile leta 2013 ogrožene vse </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>tri milijarde </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>uporabniških računov. Ta kršitev je razkrila imena, e-poštne naslove, datume rojstva ter varnostna vprašanja in odgovore. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Marriott International (2018): </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Marriott je objavil kršitev, ki je prizadela približno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>500 milijonov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>gostov. Hekerji so imeli dostop do podatkovne zbirke rezervacij gostov družbe Starwood, pri čemer so bili izpostavljeni osebni podatki, kot so imena, naslovi, telefonske številke, e-poštni naslovi in številke potnih listov. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Iskalnik prijateljev za odrasle (2016): </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Pri kršitvi v storitvi Adult Friend Finder so bili razkriti osebni podatki </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>412 milijonov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>računov, vključno z imeni, e-poštnimi naslovi in gesli, od katerih so bili številni slabo šifrirani. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>MySpace </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(2013): </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>V primeru kršitve varnosti podatkov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>MySpace </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>leta 2013 je bilo izpostavljenih več kot </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>360 milijonov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>uporabniških računov. Podatki so vključevali imena, e-poštne naslove in gesla. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E330D6C-9012-AE60-4BE5-F045AD1F871B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EFD899BF-8CBE-0AE4-B1F5-2BC68251120B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEEB2049-3FBA-1621-D1D8-35B59BB9F2EC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="184867668"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2C3942F-9B50-29BA-7235-803FF8A66612}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Kršitve varnosti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>podatkov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>- primeri</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6376E657-0326-ED46-6B41-A3C424FA416E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>LinkedIn (2021): </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Leta 2021 so bili na temnem spletnem forumu objavljeni osebni podatki </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>700 milijonov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>uporabnikov LinkedIna. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Equifax (2017): </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Ta kršitev je razkrila osebne podatke skoraj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>148 milijonov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Američanov, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>15,2 milijona </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Britancev in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>19.000 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Kanadčanov. Ukradeni podatki so vključevali številke socialnega zavarovanja, rojstne datume in naslove, zaradi česar je družba Equifax utrpela za približno 1,7 milijarde dolarjev stroškov.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>eBay (2014): </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>eBay je razkril kršitev, ki je prizadela </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>145 milijonov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>uporabnikov. Napad je izhajal iz kompromitiranih prijavnih podatkov zaposlenih, zaradi česar so bila razkrita imena, e-poštni naslovi, fizični naslovi, telefonske številke in šifrirana gesla. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Cilj (2013): </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Vdor, ki je prizadel več kot </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>41 milijonov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>računov plačilnih kartic in kontaktne podatke več kot </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>60 milijonov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>strank. Družba Target je imela velike pravne stroške in stroške poravnave, vključno s skupinsko tožbo v višini 10 milijonov USD in poravnavo v višini 18,5 milijona USD v več državah.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{215F9CFA-398A-0BCB-3B29-CD40D7B241CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{089B65C4-7F26-4CF2-28C8-B1E86D8A0242}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D2DD670-EA70-3EE6-1FA9-0A9640FFC100}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2562290890"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CC7EC1B-007A-58B1-2C58-2EBB998BD6D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Grožnje informacijske varnosti</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB8C1240-C667-ABDC-825A-0500058DCD79}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Varnostna grožnja je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>zlonamerno dejanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, ki poskuša poškodovati ali ukrasti podatke, ogroziti sisteme organizacije ali ogroziti podjetje kot celoto.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0" err="1"/>
+              <a:t>zlonamerna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>programska oprema (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>malware</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>) - </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>namenjena vdoru, poškodovanju ali onemogočanju računalnikov in omrežij.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Virus </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>vrsta zlonamerne programske opreme, ki se pritrdi na legitimen program ali datoteko in se ob izvajanju okužene programske opreme razširi na druge programe in datoteke.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Črvi </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>samostojna zlonamerna programska oprema, ki se lahko samostojno razmnožuje in širi po omrežjih, ne da bi se ji bilo treba priključiti na gostiteljski program.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Trojanski konj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>zlonamerna programska oprema, prikrita kot legitimna programska oprema</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ransomware </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>vrsta zlonamerne programske opreme, ki zašifrira podatke žrtve in jih naredi nedostopne, dokler se napadalcu ne plača odkupnina.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vohunska</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> programska oprema </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1600" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>zlonamerna programska oprema, namenjena zbiranju informacij o osebi ali organizaciji brez njene vednosti.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 2" descr="Malware Detection in the Cloud Computing Era - Aquasec">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1875556E-F931-3969-A675-0EFA4F7CD5E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="9266015" y="0"/>
+            <a:ext cx="2925985" cy="1735584"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Slika 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{732D22C4-8BC0-5504-285A-2D72AB5BCADC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F984F8E-1B59-184F-FCC5-AF29F0CE7419}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{098250D9-4F4B-A4A6-9EB0-7B40D571C3E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1953460033"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2C0C774-790D-BA33-71AC-599D75559383}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Phishing</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{305C2728-7BAA-218E-809F-082640481EDF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="2000" dirty="0"/>
+              <a:t>P</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>hishing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> napadi vključujejo goljufiva e-poštna sporočila, besedila, klice ali spletna mesta, katerih namen je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>prevarati posameznike</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, da razkrijejo osebne podatke ali prenesejo zlonamerno programsko opremo.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>V boju proti ribarjenju morajo organizacije uporabljati </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>napredna </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>orodja za </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>odkrivanje groženj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>in zagotoviti temeljito usposabljanje zaposlenih za učinkovito prepoznavanje in odzivanje na te prevare.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="2000" dirty="0"/>
+              <a:t>R</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>ibarjenje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> je glavni vzrok za vdore v podatkovne sisteme, saj </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>predstavlja 16 % </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>kršitev, ki organizacije v povprečju stanejo </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>4,76 milijona dolarjev na kršitev </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>(</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0" err="1"/>
+              <a:t>Kosinski</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:t>, 2024).</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 2" descr="6 sure signs someone is phishing you—besides email | Malwarebytes Labs">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06F74E5D-FC15-7FFB-1AAC-5A3D55990B26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1136949" y="4760994"/>
+            <a:ext cx="2502999" cy="1877575"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Slika 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93EF60B8-923D-58C2-8FEC-278CD1A92CA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6B28A64-FACD-23FF-3BAA-FEFED102A377}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B13E8E0A-3D09-1DA6-AD5F-EAF1CAC47654}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2184035956"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C91B4095-1468-9B54-962D-629980AE0131}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Vrste ribarjenja</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{164BB0CA-355F-B51A-F599-BE95DBE4B06D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Goljufanje po e-pošti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>: uporaba e-pošte za krajo občutljivih podatkov. Napadalci lahko ciljajo na veliko občinstvo tako, da prevzamejo identiteto uglednih organizacij.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Izsiljevanje (Spear phishing)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>: pošiljanje posameznih e-poštnih sporočil, besedilnih sporočil ali telefonskih klicev z namenom pridobitve dostopa do računalniških sistemov ali občutljivih informacij. Pri uporabi te tehnike napadalci običajno uporabijo podatke iz odprtih podatkovnih zbirk, družabnih medijev ali preteklih kršitev, da okrepijo svojo legitimnost.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>K</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>itolov</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>: osredotoča se na visoko rangirano ali vodilno osebje, vključno s finančniki in izvršnimi direktorji. Napadalci oblikujejo zelo prepričljiva in zelo prilagojena sporočila, da bi od podjetja pridobili občutljive podatke in informacije.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vishing</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>: telefoniranje ali puščanje glasovne pošte pod pretvezo zanesljivega vira. Cilj je pridobiti bančne račune, izkoristiti osebne podatke in ukrasti denar.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80F4A15E-1663-3F6B-89A3-D2EF40C72E31}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2BEE0AD5-081A-44F4-4343-DE952989D709}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3D60428A-E9A1-A595-3C28-49B67D20E045}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3736126062"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2C0FC615-1D4F-C4E0-1E03-BD2AFEB8C1AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Phishin</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>g </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CAF4EC6-91EA-A58A-5628-D366E5518745}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>96 % </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>phishing napadov je izvedenih </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>prek e-pošte.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>90 % uhajanja podatkov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>je posledica phishing napadov</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Starostna skupina, ki je najpogosteje "ujeta", je </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>od 18 do 24 let.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Najpogosteje uporabljene metode ribarjenja</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>:</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>preprosta zahteva </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>uporabniku, naj (v odgovor) pošlje svoje občutljive podatke po elektronski pošti, pošiljatelj pa se lažno predstavi kot na primer skrbnik spletne storitve, ki te podatke potrebuje za preverjanje podatkov, nadgradnjo sistema itd.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>zlonamerne povezave, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>pogosto pridobljene v e-poštnem sporočilu, ki uporabnika pripeljejo na zlonamerno spletno stran. Zlonamerna povezava se od legitimne razlikuje le po eni črki. (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>npr. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>cert[.]</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>hr </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>≠ </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>certt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>[.]</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>hr</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>zlonamerno spletno mesto </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>- lahko je videti kot legitimno spletno mesto (npr. banke ali spletne trgovine), vendar je namenjeno zbiranju osebnih podatkov, pridobivanju finančnih koristi ali drugim zlonamernim dejanjem.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>zlonamerno pojavno okno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>na legitimnih spletnih mestih ("pojavno" zlonamerno pojavno okno s polji za vnos zaupnih podatkov).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{585BF8E4-B6CD-A35F-9F40-167B8DA0E844}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E9125C1C-5326-C78F-2101-C92D0DDCD08A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DBDF186-177F-A2BF-4E01-ECF33396D1D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1948587278"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8178F10-A33D-03D4-2580-6E2AC4854227}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Izsiljevanje (phishing) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>primeri</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{695823FF-3C1E-2C22-2E01-CCE96D3D5498}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1712879" y="1910287"/>
+            <a:ext cx="8766242" cy="3037426"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F498D55A-63FC-ACC3-A401-10C491C5A8D3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95A4847F-670F-7630-7214-541911A9DF55}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B1D4A03-58E3-F4D6-0A75-1407BA2C5288}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3370876579"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Tytuł 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -3598,258 +10360,3302 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD038255-DF2A-C456-8904-E6D04AFEC27A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3596283722"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide78.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD3FB4E7-7EAC-8E1D-1AB5-390CB5931931}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BD2EEA8-67FB-1FD8-9F22-A09A129E8AD1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Izsiljevanje (phishing) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>- </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>primeri</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AF9E139-1F74-2C00-B66D-7B8DBE0C958B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF7D1FBC-1B24-DF81-DBD2-9582A0E21A24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{141BC1C6-FB0B-8D16-9476-3C58BC85A56D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40C5776B-66E5-4892-A033-2F4409CF4169}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="3500547" y="1260391"/>
+            <a:ext cx="4483270" cy="5597609"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2725925546"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Tytuł 3">
+          <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{562FD146-8B9F-0052-E712-3EAF2481E3FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="pl-PL" dirty="0"/>
-[...1 lines deleted...]
-            </a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Druge vrste groženj</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+          <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38B7FF13-9EBF-B69E-A415-885937AFCC08}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Notranje grožnje </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>so varnostna tveganja, ki izvirajo iz organizacije. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>To so lahko zaposleni, pogodbeniki ali poslovni partnerji, ki imajo dostop do sistemov in podatkov organizacije. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Te grožnje so lahko še posebej nevarne, ker imajo notranji uporabniki pogosto zakonit dostop do občutljivih informacij in sistemov, zaradi česar je njihove zlonamerne dejavnosti težje odkriti. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Napadi DDoS (Distributed Denial-of-Service)</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Njihov cilj je prekiniti normalen promet ciljnega strežnika, storitve ali omrežja tako, da ga preplavijo s poplavo internetnega prometa. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>To je mogoče doseči z uporabo več ogroženih računalniških sistemov kot virov napadalnega prometa. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>Ko te naprave, ki so pogosto razporejene po vsem svetu, hkrati pošljejo številne zahteve ciljni napravi, porabijo njeno razpoložljivo pasovno širino in vire, kar povzroči izpad storitve in prepreči dostop do storitve zakonitim uporabnikom. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1220A6F3-5BDA-CF90-ECE7-9F10AD1A8094}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88CAEAB2-C4B9-A831-E8B8-45EDA7B79E27}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0AD2601C-FBAE-A4BF-F905-F80C6FCF7903}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2700990170"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D64BD38E-C6F9-281C-E40A-2A62F1C77F1D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Hekerji z </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>belim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>klobukom </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>proti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>hekerjem s </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0"/>
+              <a:t>črnim </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>klobukom</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF3DE3A2-EC15-2D6E-895C-0C796E634276}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Spletne varnostne grožnje so tesno povezane z dejanji </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>hekerjev</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, ki izkoriščajo ranljivosti v sistemih za različne zlonamerne </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0" err="1"/>
+              <a:t>namene</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Dve glavni kategoriji so </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>hekerji z belim klobukom </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>hekerji s črnim klobukom</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Beli hekerji</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, znani tudi kot etični hekerji, svoje znanje uporabljajo v obrambne namene. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>V dobi digitalne preobrazbe sta etično ravnanje s podatki in njihova varnost postali </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+              <a:t>Organizacije ščitijo pred kibernetskimi grožnjami tako, da odkrivajo in odpravljajo varnostne ranljivosti, preden jih zlonamerni hekerji lahko izkoristijo. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Nasprotno pa </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>glavni vprašanji </a:t>
-            </a:r>
+              <a:t>hekerji črnega klobuka </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>izvajajo nezakonite dejavnosti z zlonamernim namenom. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="en-US" sz="1800" dirty="0"/>
-              <a:t>za posameznike in organizacije.</a:t>
+              <a:t>Varnostne ranljivosti izkoriščajo za osebno korist, kar lahko vključuje krajo podatkov, širjenje zlonamerne programske opreme ali povzročanje motenj.</a:t>
             </a:r>
             <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
           </a:p>
-          <a:p>
-[...5 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="1026" name="Picture 2" descr="White Hat, Black Hat. The word hack (the root of the word… | by Guy  Perelmuter | Medium">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F95D3FC-1EC1-9A0C-B877-9A6C59E98C15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="838200" y="5178490"/>
+            <a:ext cx="2122853" cy="1113857"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90EF9558-E362-949A-5B20-228BBD3C634A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35E33723-FC7F-1F70-EE1E-0B817470FD2E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38521E0A-9309-2C77-EB13-5E23662FB7C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="839122650"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9ED0BE32-4BA2-D3A8-2CA4-CA6BFD1B9D36}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Čas, ki ga heker potrebuje, da z grobo silo pridobi geslo v letu 2024</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Content Placeholder 4" descr="A screen shot of a computer&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37BA990C-96DA-1D89-15F9-568213E0D058}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect b="16720"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1931017" y="1825625"/>
+            <a:ext cx="9100429" cy="3999390"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C1F541B-AD3E-7518-3A89-ECC5097F31D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="719091" y="6168972"/>
+            <a:ext cx="5868140" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Vir: https:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>//www.hivesystems.com/blog/are-your-passwords-in-the-green?utm_source=tabletext</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Slika 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A1E47FC-97DA-4542-9864-CCAF4903A5A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1060AED1-ED02-AD18-6941-1D9E3FE43F92}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FE4BA20-DD59-8B53-6805-EEA912DD7810}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2351708165"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1BA5EC8-C11E-E668-BDD4-F1D70082431C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" dirty="0" err="1"/>
+              <a:t>Priporočila za informacijsko varnost</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0A3064FD-5D6E-5146-7209-6DE172744CB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Uporabljajte </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>odgovorno </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+              <a:t>močna gesla</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Če je mogoče, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>varno </a:t>
-[...9 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+              <a:t>omogočite večfaktorsko preverjanje pristnosti (MFA).</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="hr-HR" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Etika podatkov </a:t>
-[...13 lines deleted...]
-              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+              <a:t>Posodabljanje</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>etičnimi standardi in pravnimi okviri </a:t>
-[...8 lines deleted...]
-            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
+              <a:t> programske opreme</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Bodite pozorni na </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>prevare z lažnimi sporočili</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Uporaba </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>varnih povezav</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Redno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>varnostno kopiranje podatkov</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Namestitev </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>protivirusne programske opreme</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="1065AB"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Redno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>spremljanje računov</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6B08A398-E343-4EA5-5E90-1E3C868A16E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32D9B6B4-FB9E-E364-8935-49D0829C3343}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{164FDABC-B016-5857-7FE9-8FA162227136}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2394391504"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Tytuł 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0CB6B79D-13A1-418A-3CD7-076077286145}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Povzetek</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Symbol zastępczy zawartości 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA68647D-8959-AECA-FF1C-384AA40B609E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1244600" y="1842559"/>
+            <a:ext cx="10298651" cy="3626908"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>V dobi digitalne preobrazbe sta etično ravnanje s podatki in njihova varnost postali glavni vprašanji za posameznike in organizacije.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Ker se dnevno zbirajo in obdelujejo velike količine osebnih in občutljivih podatkov, je zelo pomembno zagotoviti odgovorno in varno upravljanje teh podatkov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0" err="1">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Etični </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>izzivi pri podatkovnih praksah niso enostavni in pogosto nimajo jasnih rešitev.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Informacijska varnost je zdaj bistvenega pomena za verodostojnost in integriteto organizacije v digitalni dobi.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>V 21. stoletju smo bili priča nekaterim najhujšim kršitvam varnosti podatkov, ki so opozorile na ranljivosti digitalnih sistemov in na nujno potrebo po zanesljivih varnostnih ukrepih.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Varnostna grožnja je zlonamerno dejanje, ki poskuša poškodovati ali ukrasti podatke, ogroziti sisteme organizacije ali ogroziti podjetje kot celoto. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Z razumevanjem etičnih posledic ravnanja s podatki in prepoznavanjem obstoječih varnostnih groženj lahko posamezniki in organizacije razvijejo učinkovite strategije za zaščito občutljivih informacij.</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0">
+              <a:effectLst/>
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="2" name="Slika 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCE0B91C-729A-5ED9-362C-7097CD4E5A77}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6FDD80AA-F8D1-01F8-1CCF-C7B8E591CE20}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="PoljeZBesedilom 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5E0E038-4194-C459-4F06-528D57E52376}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1E5196E1-61AE-3308-778A-64C202AD67ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6455834" y="6213237"/>
             <a:ext cx="5011392" cy="461665"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
@@ -3940,64 +13746,1533 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B346785A-E0D0-EC5B-B8A9-1B465EEAFFE8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4076106418"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98E85824-A001-2263-7D8B-EE06AD68A5F2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C80B287-0931-FC86-7ACD-C67A59D713C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="1335773"/>
+            <a:ext cx="9144000" cy="4186454"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="90000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Avtorji:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dario Šebalj</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Dejan Mirčetić</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Michał Adamczak</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" b="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:rPr>
+            </a:br>
+            <a:br>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="pl-PL" sz="4000" dirty="0"/>
+              <a:t>Končna verzija: Junij 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="PoljeZBesedilom 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8F05239-4A4A-84D8-4A91-AFD12922D935}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6449604" y="6227232"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Slika 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93A42DA4-1ED3-B704-30FE-B3554FD25B43}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3113628109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Tytuł 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5736179A-2A6B-1BB5-3527-A969A8C3E86B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0" err="1"/>
+              <a:t>Hvala za vašo pozornost</a:t>
+            </a:r>
+            <a:endParaRPr lang="pl-PL" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Obraz 4" descr="Obraz zawierający symbol, Czcionka, Grafika, zrzut ekranu&#10;&#10;Opis wygenerowany automatycznie">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{219FB407-FBDE-B3A7-7F61-3F9311B8C7B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10964589" y="0"/>
+            <a:ext cx="1227411" cy="429442"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B766E8E3-2818-5BC2-E99B-D5D41BD7EB56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="PoljeZBesedilom 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B02ADDD-7FE8-CAD9-1569-266F41950BC2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C92991CB-1547-9EAB-B5D9-75A89C7AD07E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="276813322"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Tytuł 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B53A616-BC45-7003-D00A-64BD15781752}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="pl-PL" dirty="0"/>
+              <a:t>Etika podatkov</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Symbol zastępczy zawartości 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B1E3E4-9C4A-4CF8-DBD2-8A61BD597723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>V dobi digitalne preobrazbe sta etično ravnanje s podatki in njihova varnost postali </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>glavni vprašanji </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>za posameznike in organizacije.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Ker se dnevno zbirajo in obdelujejo velike količine osebnih in občutljivih podatkov, je zelo pomembno zagotoviti </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>odgovorno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>varno </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>upravljanje teh podatkov.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Etika podatkov </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>se nanaša na moralna načela in prakse, ki usmerjajo zbiranje, obdelavo, izmenjavo in uporabo podatkov, da se zagotovi spoštovanje pravic posameznikov, družbena blaginja in zaupanje. </a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>Vključuje preglednost, odgovornost, poštenost in zasebnost ter zagotavlja, da so podatkovne prakse usklajene z </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="1065AB"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>etičnimi standardi in pravnimi okviri </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0"/>
+              <a:t>za preprečevanje škode in spodbujanje odgovornih inovacij.</a:t>
+            </a:r>
+            <a:endParaRPr lang="hr-HR" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="pl-PL" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Slika 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCE0B91C-729A-5ED9-362C-7097CD4E5A77}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11467226" y="6213237"/>
+            <a:ext cx="635235" cy="644763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="PoljeZBesedilom 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5E0E038-4194-C459-4F06-528D57E52376}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6213237"/>
+            <a:ext cx="5011392" cy="461665"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="sl-SI" sz="800" dirty="0">
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="800" dirty="0">
+              <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6346FF2D-30FE-A35B-6BA7-C6A8AAF1829D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2442454545"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide79.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40A4C2CF-9034-090C-5874-36DB090C767A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4452,64 +15727,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D0D350D-A457-CCB4-5038-E339BD568FBC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="216861833"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide80.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40A4C2CF-9034-090C-5874-36DB090C767A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -4793,64 +16265,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{087801FA-3460-1FE9-D8F3-494759D50A88}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4254978503"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide81.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5CCA2F5D-49C6-D1FF-8780-86ECC938E3C9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5141,64 +16810,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6C0896F-74AF-5CE2-D030-70240D21E47D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3270873328"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide82.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40E0D22E-E0D8-D0EA-7542-8FC39A8A2EB4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5465,64 +17331,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB3A100D-0589-CCB9-CFCF-064B58E2557A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2833329293"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide83.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40E0D22E-E0D8-D0EA-7542-8FC39A8A2EB4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5800,64 +17863,261 @@
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="sl-SI" sz="800" dirty="0">
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
             </a:r>
             <a:endParaRPr lang="en-GB" sz="800" dirty="0">
               <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="PoljeZBesedilom 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE568DAA-A812-328D-441A-928CEBB3E0F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="pl-PL"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="979516654"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide84.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="PoljeZBesedilom 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D4B905A-83B9-E095-FE56-097F9E7557B0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6188,327 +18448,97 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Ta načela se pogosto imenujejo </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="1065AB"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>triada CIA</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>, kot je prikazano na sliki</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Picture 3" descr="A diagram of a triangle&#10;&#10;Description automatically generated">
-[...28 lines deleted...]
-        <p:nvPicPr>
           <p:cNvPr id="5" name="Slika 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD56C91D-C582-A3EA-A2CF-C1EE27ECE490}"/>
-              </a:ext>
-[...198 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4123E6EF-151C-4E05-93D7-C98BFCD953D9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="11467226" y="6213237"/>
             <a:ext cx="635235" cy="644763"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="PoljeZBesedilom 4">
+          <p:cNvPr id="7" name="PoljeZBesedilom 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB489D8A-F140-C430-31BB-469AA7D84726}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74991EFF-B520-56F4-7F85-21F776AE9236}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6455834" y="6213237"/>
-            <a:ext cx="5011392" cy="461665"/>
+            <a:off x="6455834" y="6170902"/>
+            <a:ext cx="5011392" cy="504000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg1"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="pl-PL"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
@@ -6573,5287 +18603,157 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:r>
-              <a:rPr lang="sl-SI" sz="800" dirty="0">
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
                 <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Financirano s strani Evropske unije. Izražena stališča in mnenja so zgolj stališča in mnenja avtorja(-ev) in ni nujno, da odražajo stališča in mnenja Evropske unije ali Evropske izvajalske agencije za izobraževanje in kulturo (EACEA). Zanje ne moreta biti odgovorna niti Evropska unija niti EACEA.</a:t>
-[...129 lines deleted...]
-              <a:buAutoNum type="arabicPeriod"/>
+              <a:t>Sofinancirano s strani Evropske unije</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
-[...69 lines deleted...]
-            <a:endParaRPr lang="hr-HR" sz="2000" dirty="0"/>
+              <a:rPr kumimoji="0" lang="sl-SI" sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:prstClr val="black"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Tahoma" panose="020B0604030504040204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Izražena stališča in mnenja so izključno mnenja avtorja(-jev) in ne odražajo nujno stališč Evropske unije ali Nacionalne agencije (NA). Evropska unija in Nacionalna agencija zanje ne prevzemata odgovornosti.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="4" name="Slika 3">
+          <p:cNvPr id="4" name="Picture 3" descr="A diagram of a triangle&#10;&#10;Description automatically generated">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75F1C302-FED6-4F83-5354-2B8E39AB4FEC}"/>
-[...1610 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{732D22C4-8BC0-5504-285A-2D72AB5BCADC}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{923E5668-ADE2-DD36-8032-337536744781}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="11467226" y="6213237"/>
-[...1401 lines deleted...]
-            <a:ext cx="8766242" cy="3037426"/>
+            <a:off x="3177179" y="4001294"/>
+            <a:ext cx="3774037" cy="2596501"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...171 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3370876579"/>
-[...1804 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2394391504"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3195544279"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motyw pakietu Office">
   <a:themeElements>
     <a:clrScheme name="Pakiet Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -12114,71 +19014,380 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps1.xml" Id="rId1" /></Relationships>
+<file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="1_Motyw pakietu Office">
+  <a:themeElements>
+    <a:clrScheme name="Pakiet Office">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="4472C4"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Pakiet Office">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Pakiet Office">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
-<file path=customXml/_rels/item2.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps2.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
-<file path=customXml/_rels/item3.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="/customXml/itemProps3.xml" Id="rId1" /></Relationships>
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="87ef5a6ca8db3d8970e8275f87fe6ad0">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="427170dd430623581aaac7a1b5010d4e" ns2:_="" ns3:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="d9bddfac-6dc9-4958-8f35-4d0da3af229b" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Dokument" ma:contentTypeID="0x010100C5D1A4C46F9DF340B00409C6B9ED12C1" ma:contentTypeVersion="15" ma:contentTypeDescription="Ustvari nov dokument." ma:contentTypeScope="" ma:versionID="e39e5a21f07b79f5f02b47bb518c1032">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5" xmlns:ns3="d9bddfac-6dc9-4958-8f35-4d0da3af229b" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b4e78d507071451a3820eedd449fec3a" ns2:_="" ns3:_="">
     <xsd:import namespace="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <xsd:import namespace="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -12367,227 +19576,155 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F92B6B86-1972-4699-8A14-40114A9AAF09}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF6DC339-F957-432A-9EA5-305005BCF3FF}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C883E481-F02C-402A-90F1-76504C08C819}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
     <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DBADA0A7-B1B3-4A3B-B6AA-03C77D2BB63C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="a92fe6ce-cc5e-4661-b3e6-d9d5535f70b5"/>
+    <ds:schemaRef ds:uri="d9bddfac-6dc9-4958-8f35-4d0da3af229b"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>13774</Words>
+  <Words>5109</Words>
   <Application>Microsoft Office PowerPoint</Application>
-  <PresentationFormat>Širokozaslonsko</PresentationFormat>
-[...1 lines deleted...]
-  <Slides>101</Slides>
+  <PresentationFormat>Panoramiczny</PresentationFormat>
+  <Paragraphs>228</Paragraphs>
+  <Slides>27</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Uporabljene pisave</vt:lpstr>
+        <vt:lpstr>Używane czcionki</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Tema</vt:lpstr>
+        <vt:lpstr>Motyw</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Naslovi diapozitivov</vt:lpstr>
+        <vt:lpstr>Tytuły slajdów</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>101</vt:i4>
+        <vt:i4>27</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="108" baseType="lpstr">
+    <vt:vector size="32" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
-      <vt:lpstr>Symbol</vt:lpstr>
       <vt:lpstr>Tahoma</vt:lpstr>
-      <vt:lpstr>Times New Roman</vt:lpstr>
-      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Motyw pakietu Office</vt:lpstr>
-      <vt:lpstr>Poslovna inteligenca</vt:lpstr>
-[...73 lines deleted...]
-      <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
+      <vt:lpstr>1_Motyw pakietu Office</vt:lpstr>
       <vt:lpstr>Poslovna analitika</vt:lpstr>
       <vt:lpstr>Agenda</vt:lpstr>
       <vt:lpstr>Etika podatkov</vt:lpstr>
       <vt:lpstr>5C podatkovne etike</vt:lpstr>
       <vt:lpstr>Osnovna načela etike ravnanja s podatki</vt:lpstr>
       <vt:lpstr>Informacijska varnost</vt:lpstr>
       <vt:lpstr>Pomen informacijske varnosti</vt:lpstr>
       <vt:lpstr>Pomen informacijske varnosti</vt:lpstr>
       <vt:lpstr>Triada CIA</vt:lpstr>
       <vt:lpstr>Tveganje/tveganja/ranljivost</vt:lpstr>
       <vt:lpstr>Kršitve podatkov</vt:lpstr>
       <vt:lpstr>Kršitve podatkov</vt:lpstr>
       <vt:lpstr>Kršitve varnosti podatkov - primeri</vt:lpstr>
       <vt:lpstr>Kršitve varnosti podatkov - primeri</vt:lpstr>
       <vt:lpstr>Grožnje informacijske varnosti</vt:lpstr>
       <vt:lpstr>Phishing</vt:lpstr>
       <vt:lpstr>Vrste ribarjenja</vt:lpstr>
       <vt:lpstr>Phishing </vt:lpstr>
       <vt:lpstr>Izsiljevanje (phishing) - primeri</vt:lpstr>
       <vt:lpstr>Izsiljevanje (phishing) - primeri</vt:lpstr>
       <vt:lpstr>Druge vrste groženj</vt:lpstr>
       <vt:lpstr>Hekerji z belim klobukom proti hekerjem s črnim klobukom</vt:lpstr>
       <vt:lpstr>Čas, ki ga heker potrebuje, da z grobo silo pridobi geslo v letu 2024</vt:lpstr>
       <vt:lpstr>Priporočila za informacijsko varnost</vt:lpstr>
       <vt:lpstr>Povzetek</vt:lpstr>
+      <vt:lpstr>Avtorji:  Dario Šebalj Dejan Mirčetić Michał Adamczak   Končna verzija: Junij 2025</vt:lpstr>
       <vt:lpstr>Hvala za vašo pozornost</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Prezentacja programu PowerPoint</dc:title>
   <dc:creator>Michał Adamczak | Wyższa Szkoła Logistyki</dc:creator>
   <cp:keywords>, docId:F21D96A0F435B5994CE0F628F096F25F</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">